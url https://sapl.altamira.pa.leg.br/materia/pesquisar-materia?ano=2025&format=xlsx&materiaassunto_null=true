--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -10,107 +10,107 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8808" uniqueCount="3836">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8815" uniqueCount="3839">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ASSIS CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2327/indicacao_0012025_assis_cunha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2327/indicacao_0012025_assis_cunha.pdf</t>
   </si>
   <si>
     <t>Que solicita a PMA, no sentido de determinar ao setor competente, em caráter de urgência a recuperação asfáltica da estrada da princesa do Xingu.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/</t>
+    <t>http://sapl.altamira.pa.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita a PMA no sentido de determinar ao setor competente, reabertura e limpeza de vias com terraplanagem nas ruas da Agrovila Sol Nascente - Assurini. _x000D_
 * Rua da Igreja;_x000D_
 * Rua da Farinha;_x000D_
 * Rua Dos Monteiros;_x000D_
 * Rua Do Zico;_x000D_
 * Rua Dos Veacos;_x000D_
 * Travessas: 01,02 e 03;</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Indique a PMA, a recuperação asfáltica com calçada, meio fio, linha d'água na rua A,B,C,D,E na agrovila Princesa do Xingu.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>4</t>
   </si>
@@ -1036,87 +1036,87 @@
     <t>99</t>
   </si>
   <si>
     <t>Indique a PMA, a realização de operação tapa-buracos no Bairro Bonanza, nas seguintes vias: _x000D_
 * Rua Bambu;_x000D_
 * Rua Inês Bastazini;_x000D_
 * Rua 02;_x000D_
 * Rua 14;</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Indique a PMA, a realização da poda da vegetação às margens da estrada que dá acesso ao Instituto Federal do Pará (IFPA) no município de Altamira.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_-_atendimento_fono_e_nutri.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_-_atendimento_fono_e_nutri.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que seja disponibilizado um profissional fonoaudiólogo para atender no Hospital Geral de Altamira.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_-_merces_-_manutencao_corretiva_av_via_oeste_pdf.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_-_merces_-_manutencao_corretiva_av_via_oeste_pdf.pdf</t>
   </si>
   <si>
     <t>Indique a PMA a realização de manutenção corretiva da pavimentação asfáltica na Avenida Via Oeste, abrangendo os bairros Premem e Sudam I.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_-_merces_-_poco_km_23_pdf.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_-_merces_-_poco_km_23_pdf.pdf</t>
   </si>
   <si>
     <t>Indique a PMA a realização de uma análise técnica detalhada da qualidade da água do poço artesiano e da rede hidráulica que abastece as residências na Agrovila Vale Piauiense, Zona Rural Km 23 da Rodovia Transamazônica.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_-_merces_-_ruas_km_23_pdf.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_-_merces_-_ruas_km_23_pdf.pdf</t>
   </si>
   <si>
     <t>Indique a PMA realizar o serviço de Pavimentação asfáltica ou bloqueteamento com infraestrutura, calçamento, linha d’água e esgotamento sanitário das ruas e travessas da Agrovila Vale Piauiense Zona Rural, km 23 da Rodovia Transamazônica: _x000D_
 • Rua João Patrocinio _x000D_
 • Rua Antônio Eduardo _x000D_
 • Travessa Azul _x000D_
 • Travessa Vermelha</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Indique a PMA, a recuperação asfáltica com linha d'água, galeria pluvial calçamento e acessibilidade no bairro Liberdade - Loteamento Santa Ana: _x000D_
 * Av. Castelo Branco;_x000D_
 * Rua Altamira;_x000D_
 * Rua Anchieta;_x000D_
 * Rua Capitação Bonifácio;</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
@@ -1312,75 +1312,75 @@
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Indique a PMA, a criação de uma creche no bairro São Francisco.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Indique a PMA, que interceda junto à empresa CONSTRUTORA HB20, para que realize a manutenção e reparo dessas infraestruturas.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2501/camscanner_20-03-2025_09.49.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2501/camscanner_20-03-2025_09.49.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que sejam tomadas providências no sentido que seja construída uma Unidade Básica de Saúde(UBS), no bairro buriti.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2502/republica_federativa_do_brasil.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2502/republica_federativa_do_brasil.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a Recuperação das Ruas Maria Soares e Antônio Borges, localizadas no Bairro Alberto soares, e Reforma da quadra.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2503/camscanner_20-03-2025_09.47.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2503/camscanner_20-03-2025_09.47.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, Serviço de convivência fortalecimento de vinculo para o idoso (SCFV) do bairro buriti.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Indique a PMA, para que seja alugada um imóvel, com a finalidade de ser a Casa de Apoio para os pacientes de Altamira que irão para Santarém - Pará, para receber os pacientes e acompanhantes em tratamento de TFD.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Indique a PMA, Projeto de Lei alterando a nomenclatura dos Auxiliares de Vigilância, para Agentes Patrimoniais.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
@@ -1450,186 +1450,186 @@
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira que, por meio da Secretária competente, realize ima operação tapa buraco na Estrada Ramal dos Cocos.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira que, por meio da Secretária competente, elaborar um Cronograma Saúde Itinerante com datas e locais destinados a atendimentos e disponibizado na rede mundial de mídias digitais, conforme a Lei n° 3.390/2022.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Assis Cunha</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2533/26.03.2025_ndicacao_asfalto_liberdade_pedro_vieira__jatoba_etc.....pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2533/26.03.2025_ndicacao_asfalto_liberdade_pedro_vieira__jatoba_etc.....pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar a secretaria  competente, a pavimentação asfáltica com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade nas seguintes ruas do bairro liberdade: Rua Pedro Vieira com 528 Metros, Rua Jatobá com 528, Avenida Perimetral Norte com 246 Metros, Rua WE Cinco com 415 Metros, WE Seis com 223 Metros Totalizando 1.940 Metros.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2534/26.03.2025_indicacao_recuperacao_brasilia_monte_siao_etc.....pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2534/26.03.2025_indicacao_recuperacao_brasilia_monte_siao_etc.....pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a secretaria competente, Recuperação asfálticos das seguintes ruas do bairro Brasília: Rua Monte Sião com 1.037 Metros, Rua João Pinho com 1.603 Metros, Rua Joaquim Avelino com 1.635 Metros, Rua Isaac Barbosa com 1.430 Metros, Rua Joaquim Acácio com 945 Metros. Totalizando 6.650 Metros.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2535/indicacao11assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2535/indicacao11assinado.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a criação de um projeto de lei para isenção do pagamento das taxas cobradas para análise e emissão da licença de atividades Rural aos produtores rurais que se enquadrem em qualquer atividades da agricultura familiar prevista no art.3º da lei federal nº11.326/2006, e no art.52 da lei federal nº 12.651/2006.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2536/26.03.2025_ndicacao_terraplanagem_ramal_sao_francisco.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2536/26.03.2025_ndicacao_terraplanagem_ramal_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar a secretaria competente. os Serviços de terraplenagem, e empiçarramento no ramal São Francisco</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2537/indicacao_10-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2537/indicacao_10-2025.pdf</t>
   </si>
   <si>
     <t>Solicita-se a PMA, instalação de purificadores de água em espaços públicos.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2538/indicacao_-_merces__terceiro_turno_ubs_jd_ind_i_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2538/indicacao_-_merces__terceiro_turno_ubs_jd_ind_i_assinada.pdf</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, implantar o terceiro turno de atendimento na Unidade Básica de Saúde (UBS) do bairro Jardim Independente I.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2539/indicacao_09-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2539/indicacao_09-2025.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, solicitar à Norte Energia a transferência da posse do prédio onde funciona a Casa da Memória para a Prefeitura.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_ponte_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_ponte_2.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Sr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, que sejam tomadas as providências necessárias para a reforma da ponte localizada no Bom Sossego 2, na região do Assurini, próximo à casa da “Senhora Maculada.”</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_ponte_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_ponte_1.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Sr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, que sejam tomadas as providências necessárias para a reforma da ponte localizada no Bom Sossego 2, na região do Assurini, próximo à casa da “Dona Laura.”</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_ladeira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_ladeira.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Sr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, que sejam tomadas as providências necessárias para o encascalhamento das ladeiras localizadas no Bom Sossego 2, mais conhecido como Travessão do Guina, na região do Assurini.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacaao_solicitacao_de_construcao_de_abrigos_do_transporte_coletivo_na_cidade_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacaao_solicitacao_de_construcao_de_abrigos_do_transporte_coletivo_na_cidade_.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, Solicitação de Construção de Abrigos do Transporte Coletivo na cidade.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacaoexpansao_dos_atendimentos_das_escolas_de_musica_e_danca_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacaoexpansao_dos_atendimentos_das_escolas_de_musica_e_danca_.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, Expansão dos Atendimentos das Escolas de Música e Dança para os Bairros Periféricos de Altamira.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Sargento do buriti, que sugere ao Dr.  Loredan Mello – Prefeito Municipal, através da Secretaria competente, A construção de um Campo de futebol com medidas oficiais como também fazer a manutenção do campo existente com implantação de redes, traves e arquibancadas no bairro Buriti.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, realizar a ampliação da Escola Municipal de Ensino Infantil e Fundamental (EMEIF) 13 de Maio localizada na Comunidade Vila Cabocla Zona Rural.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
@@ -1661,83 +1661,83 @@
     <t>2555</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Dr. Loredan Mello, Prefeito Municipal, que solicita a revogação do deDreto nº 3011, de 23 de novembro de 2023, que trata das insalubridades, a que tem direito os servidores públicos municipais, requerendo revisão dos laudos periciais para corrigir os percentuais que foram reduzidos no salários dos servidores públicos que fazem parte ao recebimento da insalubridade.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador, Silvano Fortunato, que faça implantação da Lei n° 3.451/2023, para garantir a readequação_x000D_
  dos cargos de auxiliar de enfermagem, auxiliar de radiologia, auxiliar de saneamento e auxiliar de laboratório, para técnicos conforme disposto ne referida legislação, assim alterando a nomenclatura destes trabalhadores de saúde, que seus direitos contidos no Regime Jurídico Único dos Servidores públicos municipais possam ser assegurados com o RJU.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2562/jogos_estudantis_do_xingu.__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2562/jogos_estudantis_do_xingu.__assinado.pdf</t>
   </si>
   <si>
     <t>Em parceria com a Secretaria Municipal de Educação e a 10ª_x000D_
 Unidade Regional de Educação (10ª URE), que sejam adotadas as providências necessárias para a _x000D_
 criação e realização dos Jogos Estudantis do Xingu</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_06.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_06.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o augusto_x000D_
 e soberano Plenário, na forma regimental, que INDIQUE ao Excelentíssimo_x000D_
 Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal, por meio das_x000D_
 Secretarias competentes, CONTRATAÇÃO E DISPONIBILIZAÇÃO de_x000D_
 profissionais da saúde, especificamente fisioterapeutas e técnicos de_x000D_
 enfermagem, para atendimento contínuo Instituição de Longa Permanência do_x000D_
 Idoso - Lar Nova Vida.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao10assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao10assinado.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a isenção da taxa de resíduos sólidos e IPTUs_x000D_
 Para os templos independente Credo Religioso.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Indicação do Vereador Mayckon Pontes que solicita ai Senhor Prefeito Dr. Loredan Mello através da Secretaria competente,  a revitalização das calçadas e ruas seguintes:_x000D_
 Rua Alberto Garcia Soares (bairro Jd. Independente 1)_x000D_
 Rua Francisco Pedrosa (bairro Jd. Independente 1)</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Indicação do Vereador Mayckon Pontes que solicita o Senhor Prefeito Dr. Loredan Mello através da Secretaria competente, realizar a manutenção urgente do sistema de esgoto na Rua Rio Curuá Grande no bairro Jd. Independente 1.</t>
   </si>
@@ -1753,117 +1753,117 @@
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Indicação do Vereador Diogo Pereira, que solicita ao Senhor Prefeito Municipal Dr. Loredan Mello através da Secretaria competente, que sejam atendidos com serviços de transporte público os bairros Mexicano, Coração de Mãe e Tavaquara em Altamira.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Indicação do Vereador Diogo Pereira que solicita ao Senhor Prefeito Loredan Mello através da Secretaria Competente, a ampliação do transporte escolar aos sábados nos bairros Mexicano, Coração de mãe e Tavaquara em Altamira.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2572/02.04.2025_indicacao__continuacao_lot_santa_ana.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2572/02.04.2025_indicacao__continuacao_lot_santa_ana.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a secretaria competente os serviços._x000D_
 De pavimentação asfáltica com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade nas ruas: Rua Jatobá com 531 Metros, Rua Altamira com 123 Metros, Rua Olavo Bilac com 230 Metros, Rua Das Flores 218 Metros e Rua Sebastião Paulo Dias com 442 Metros. Totalizando 1.544 Metros._x000D_
 Todas no bairro liberdade - loteamento Santa Ana. _x000D_
 SEGUE MAPA EM ANEXO</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2573/02.04.2025_indicacao_rota_de_fuga__cont._ayrton_senna_i_e_santa_ana.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2573/02.04.2025_indicacao_rota_de_fuga__cont._ayrton_senna_i_e_santa_ana.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a secretaria competente os serviços._x000D_
  De pavimentação asfáltica com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade das seguintes rotas de fugar: _x000D_
 Rua Anízio Campos Cordeiro com 226 Metros, Rua Wenderson Castro com 184 Metros, Rua São Francisco com 243 Metros, Rua Bulamarque de Miranda com 233 Metros e Rua Irmã Dorothy Stang com 53 Metros. Totalizando 939 Metros. Todas no loteamento Ayrton Senna I e loteamento Santa Ana._x000D_
 Segue mapa em anexo</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2574/02.04.2025_indicacao__ruas_lot._airton_senna_i.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2574/02.04.2025_indicacao__ruas_lot._airton_senna_i.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a secretaria competente os serviços._x000D_
 De pavimentação asfáltica com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade das seguintes rotas de fugar: Rua Amigos da corrente solidaria com 397 Metros, Rua Emerson Lucas com 128 Metros, Rua Antenor Herenio com 94 Metros, Alameda Ubiratan Acácio com 164 Metros, Alameda Luiz Francisco com 365 Metros. Totalizando 1.148 Metros._x000D_
 Todas no loteamento Ayrton Senna I._x000D_
 SEGUE MAPA EM ANEXO</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>De iniciativa da vereador Victor da Foccus, que sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria competente, realize a construção de quadras de beach tênis em três importantes locais na cidade de Altamira, como: Orla do cais, Parques e Orlas e Parque da Lagoa.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>De iniciativa da vereador Victor da Foccus, que sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria competente, que sugere o retorno dos desfiles cívicos-militares na Orla do Cais com destaque o dia da Independência  na nossa cidade.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_-_merces__playground_academia_santa_benedita_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_-_merces__playground_academia_santa_benedita_assinada.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, a aquisição e instalação de cobertura e playground infantil na Praça do Santa Benedita entre as Ruas Maria Salvador Fais e Rua Alércia Orlandina, e academia ao ar livre na Rotatória do Santa Benedita entre as Ruas Antônio Acácio Sobrinho e Rua Francisco Caetano de Sousa.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Mayckon Pontes, que sugere ao Dr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, realizar a pavimentação e revitalização das ruas Rua Belo Horizonte, Rua Curitiba e Rua Rio Branco.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Mayckon Pontes, que sugere ao Dr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, realizar a pavimentação e revitalização das Travessas e calçadas: Travessa Treze de Maio, Travessa Seis de Novembro e Travessa Vinte e quatro de Novembro no Bairro Jd. Independente 2.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
@@ -1921,210 +1921,210 @@
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Tercio Brito, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretária competente, realizar serviços de desobstrução do bueiro da Rua Dragão do Mar bairro Premem.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Tercio Brito, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretária competente, a solicitação de passagens gratuitas aos ACS nos dias de reunião obrigatória sendo uma reunião por mês  .</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacoes_14.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacoes_14.pdf</t>
   </si>
   <si>
     <t>Assunto: Pagamento da Gratificação de Risco de 100% para os Agente de fiscalização do Meio Ambiente e Agentes Ambientais.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Mayckon Pontes, que sugere ao Dr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, realizar a pavimentação e revitalização das ruas e calçadas: _x000D_
 Rua estrada estrada do Laranjeira, principal que dar acesso ao bairro Laranjeira_x000D_
 Passagem 08 (bairro Ibiza)_x000D_
 Passagem 10 (bairro Ibiza).</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2592/camscanner_03-04-2025_10.08.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2592/camscanner_03-04-2025_10.08.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Solicitação de Pavimentação, Alteração na Altura da Ponte, Meio-Fio, Sarjetas e Iluminação Pública na Travessa Eliana São Braga – Bairro Vista Alegre.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2593/indicacoes_15.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2593/indicacoes_15.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicitação de Correção dos Retornos nas Avenidas Alacid Nunes, Avenida Perimetral (Jader Barbalho) e Avenida Brigadeiro Eduardo Gomes.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2594/camscanner_03-04-2025_10.10.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2594/camscanner_03-04-2025_10.10.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a Solicitação de Pavimentação, Meio-Fio, Sarjetas e Iluminação Pública na Rua Mendonça – Bairro Vista Alegre</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacoes_16.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacoes_16.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro que está subscreve, nos termos regimentais desta Casa de Leis, indica ao Executivo Municipal que seja feita a extensão e continuidade do canteiro central da Avenida Bom Jesus situada no Bairro Mutirão até a Rua João Batista, no Bairro Jardim França. Incluindo a implementação de calçamento, arborização e gramados.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_08.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_08.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano Plenário, na forma regimental, que seja encaminhada INDICAÇÃO ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de Andrade Mello, para que, por meio das Secretarias competentes, viabilize a manutenção da Rua 11, localizada no bairro Mutirão cidade de Altamira, Pará.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_09.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_09.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano_x000D_
 Plenário, na forma regimental, que seja encaminhada INDICAÇÃO ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de_x000D_
 Andrade Mello, para que, por meio das Secretarias competentes, providencie a_x000D_
 instalação de abrigos e sinalização adequada para os pontos de ônibus_x000D_
 localizados:_x000D_
  Avenida Presidente Médici, em frente à padaria da Rua Dilka Borges;_x000D_
  Rua Dilka Borges, ao lado da Escola Francisco Carneiro, no bairro_x000D_
 Alberto Soares.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_11.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa "Coração de Mãe" no âmbito do Município de Altamira, que objetiva aprimorar o apoio às gestantes e às crianças de até 24 (vinte e quatro) meses de vida residentes no Município.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Indicação do Vereador Silvano Fortunato que indica o Prefeito Dr. Loredan Mello, Realizar estudo técnico e jurídico e financeiro para criação de um plano de cargos e carreiras e remuneração PCCR para Guardas Municipais e agentes de Transito do Demutran e todos servidores da Secretaria de Segurança Pública Municipal.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Indicação do Vereador Silvano Fortunato ao Prefeito Dr. Loredan Mello, que solicita através do setor competente, a revisão das extras dos vigilantes municipais da Secretaria Municipal de Saúde corrigindo os cálculos referente as horas de 100% dos finais de semana e feriados e 50% dos dias uteis.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_-_merces__reforma_quadra_emeif_rilza_acacio_sao_domingos_pdf_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_-_merces__reforma_quadra_emeif_rilza_acacio_sao_domingos_pdf_assinada.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, a reforma completa da quadra esportiva da EMEF - Professora Rilza Maria de Moura Acácio localizada na rua Presidente Dutra, Bairro Nova Altamira (São Domingos), com os seguintes serviços: Recuperação e nivelamento do piso, Implantação de traves de futebol e cestas de basquete, Construção de cobertura para proteção contra intempéries, Instalação de arquibancadas para acomodação do público, Construção de banheiros adequados, Implantação da rede elétrica, com instalação de luminárias e tomadas.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_-_merces__pontes_ramal_da_03_pdf_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_-_merces__pontes_ramal_da_03_pdf_assinada.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, através da secretaria competente, providenciar com urgência a reconstrução de quatro (04) pontes no Ramal da 03 - Rodovia Transamazônica (BR-230), sentido Altamira – Brasil Novo, localizadas nos seguintes pontos: Uma ponte no Igarapé Panelas, um pontilhão sobre o aterro, a 200 metros do Igarapé Panelas, Duas (02) pontes próximas ao Ramal Tatajuba._x000D_
 Além disso, solicita-se a realização de serviços de infraestrutura no ramal da 03, incluindo: terraplanagem com cascalhamento, elevação de aterros, reabertura de ladeiras e reforma de bueiros.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_11-2025__-__roco_e_limpeza_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_11-2025__-__roco_e_limpeza_.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, roço e limpeza da rua acesso três e da praça da lagoa no independente I.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Indicação do Vereador Victor da Focos que indica ao Senhor Prefeito Dr. Loredan Mello através da Secretaria competente, que realize a operação tapa-buraco, na  Avenida Cicero Maia, Rua Umbelino de Oliveira  e Travessa 02, Rua 10, no bairro Mutirão</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Silvano Fortunato, que indique ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realizar os serviços de terraplanagem, pavimentação asfáltica ou bloqueteamento nas Travessas; Recife, Natal, Cocal, Maranhão e Manoel Edson Leite, no bairro Vista Alegre.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
@@ -2137,142 +2137,142 @@
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Indicação de iniciativa da vereadora Enfermeira Wilha, sugere ao Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretária de Saúde, a abertura de quatro (4) leitos psiquiátricos no HGA (Hospital Geral de Altamira), garantindo suporte especializado para aqueles que necessitam de acolhimento e estabilização durante surto psiquiátricos.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Indicação de iniciativa da vereadora Enfermeira Wilha, que sugere senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da secretaria competente, a reforma da Escola Municipal Ulysses Guimarães.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2620/republica_federativa_do_brasil.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2620/republica_federativa_do_brasil.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a instalação de um busto em homenagem ao fundador do Distrito de Castelo de Sonhos, Léo Heck, em Local em destaque na comunidade como forma de reconhecimento à contribuição histórica e ao desenvolvimento da região.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>De iniciativa do vereador Assis Cunha, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, no sentido de solicitar ao setor competente, o serviço de pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade. Nas seguintes Ruas São Francisco, Rua L-18  com 519 Metros, Rua FS-03 com 103 Metros, Rua SF-09 com 278 Metros, Rua SF-16 com 438 Metros e Rua SF-17 com 502 Metros, no Complexo Nova Brasília II.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>De iniciativa do vereador Assis Cunha, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, no sentido de solicitar ao setor competente, a implantação do Sistema de Iluminação Pública entre o Loteamento Viena e a Comunidade Cupiúba.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>De iniciativa do vereador Assis Cunha, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, no sentido de solicitar ao setor competente, Construir em concreto armada 02 (duas) pontes, a Ponte do Cipó e a Ponte do Cipó Ambé, ambas no ramal Cipó Ambé.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2624/agua_azul_1_tapa_buraco__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2624/agua_azul_1_tapa_buraco__assinado.pdf</t>
   </si>
   <si>
     <t>Que seja realizada com urgência uma operação tapa-buraco nas ruas Uruará, Jari, _x000D_
 Tapajós, Humaitá, Madeira e Juruá, todas localizadas no Residencial Urbano Coletivo (RUC) Água _x000D_
 Azul, bem como serviços de pintura do meio fio e roçagem das referidas vias.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2625/agua_azul_2_tapa_buraco__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2625/agua_azul_2_tapa_buraco__assinado.pdf</t>
   </si>
   <si>
     <t>Que seja realizada com urgência uma operação tapa-buraco nas ruas Tocantins, Xingu, _x000D_
 Pacajá, Guamá, Iriri e Amazonas, todas localizadas no Residencial Urbano Coletivo (RUC) Água Azul, _x000D_
 bem como os serviços de pintura do meio fio e roçagem das referidas vias.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_13-2025_-___lombo-faixas_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_13-2025_-___lombo-faixas_.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, realizar estudos com vistas instalação de lombo-faixas (faixas de pedestres elevadas) em pontos estratégicos da Orla do Cais de Altamira-PA.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_14-2025__-__calcada_e_linha_d_agua.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_14-2025__-__calcada_e_linha_d_agua.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, realizar estudos com vistas executar serviços de infraestrutura, de calçada e linha d’água da rua acesso três e da praça da lagoa no independente I.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_15-2025__-__academia_ao_ar_livre_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_15-2025__-__academia_ao_ar_livre_.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, realizar estudos com vistas reforma e ampliação da academia ao ar livre na Orla do Cais.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Dr. Loredan Mello, Prefeito Municipal de Altamira que, por meio da Secretária de Agricultura, que sejam realizados estudos e providencias para a criação de um Programa de incentivo e apoio a Produção Rural com foco em melhorias da infra estrutura rural, Capacitação técnica de produtores, Criação de linhas de credito, Implantação de feiras itinerantes, Assistência técnica regular e Distribuição de sementes.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Dr. Loredan Mello, Prefeito Municipal de Altamira que, por meio da Secretária de competente, Proceda a adequação de todos os prédios públicos municipais as normas de acessibilidade conforme disposto na Lei Federal n° 10.098/2000.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
@@ -2315,6847 +2315,6847 @@
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Indicação do Vereador Mayckon Pontes que solicita o Senhor Prefeito Dr. Loredan Mello através da Secretaria competente, a revitalização e asfaltamento das das seguintes vias:_x000D_
 Travessa 03 no bairro (São Domingos)_x000D_
 Travessa Janaina Pereira no bairro (São Domingos)_x000D_
 Estrada do Lama Negra no bairro (Santa Benedita)</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Indicação do Vereador Mayckon Pontes que solicita o Senhor Prefeito Dr. Loredan Mello através da Secretaria competente, solicita a implantação de uma nova unidade básica de Saúde (UBS) na Comunidade Cipó Ambé.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_para_quadera_de_esporte_santa_benedita_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_para_quadera_de_esporte_santa_benedita_assinada.pdf</t>
   </si>
   <si>
     <t>Ementa: Indica ao Poder Executivo Municipal a construção de uma quadra poliesportiva coberta e com arquibancadas na Escola Municipal de Ensino Fundamental Santa Benedita, no município de Altamira/PA.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_calendario_de_veraneio_altamira_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_calendario_de_veraneio_altamira_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, em parceria com a Secretaria de Cultura, Secretaria de Turismo e Secretaria de Esporte a criação do “Calendário Veraneio de Altamira – PA”, como instrumento oficial de organização, divulgação e promoção das atividades culturais, esportivas e turísticas no período do verão amazônico.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2641/servico_de_endocospia_no_sistema_publico_de_saude_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2641/servico_de_endocospia_no_sistema_publico_de_saude_assinado.pdf</t>
   </si>
   <si>
     <t>Que determine à Secretaria Municipal de Saúde a realização _x000D_
 de estudos técnicos e orçamentários com vistas à implantação do serviço de endoscopia digestiva _x000D_
 alta no âmbito da rede pública de saúde do município.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_13.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_13.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o augusto e_x000D_
 soberano plenário, na forma Regimental, que INDIQUE ao excelentíssimo_x000D_
 senhor Dr. Loredan de Andrade Mello – Prefeito Municipal, através da_x000D_
 Secretaria competente, e com base nas providencias legais cabíveis a_x000D_
 contratação, com urgência, de um profissional da área de enfermagem, para_x000D_
 prestar serviço na UBS – Unidade Básica de Saúde Pr. Samuel Motta Silva de_x000D_
 Vila Canopus.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_14.pdf.docx</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_14.pdf.docx</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o augusto e_x000D_
 soberano plenário, na forma regimental, que INDIQUE ao Excelentíssimo_x000D_
 Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal, por meio das_x000D_
 Secretarias competentes, a execução de uma reforma e ampliação da EMEF_x000D_
 SÃO PEDRO DO IRIRI, localizada na Comunidade de Vila Canopus.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_15.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_15.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o augusto_x000D_
 e soberano plenário, na forma Regimental, que INDIQUE ao excelentíssimo_x000D_
 senhor Dr. Dr. Loredan de Andrade Mello – Prefeito Municipal, através da_x000D_
 Secretaria competente, REFORMA da Unidade Básica de Saúde do Ramal da_x000D_
 Floresta, localizada na zona rural de Altamira, com medidas de infraestrutura,_x000D_
 equipamentos e recursos humanos.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2647/ass_indicacao_-_merces_-__emei_e_creche_e_eja_bonanza.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2647/ass_indicacao_-_merces_-__emei_e_creche_e_eja_bonanza.pdf</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, após elaboração de estudo de viabilidade técnica, financeira e jurídica (pela Prefeitura Municipal de Altamira), os serviços de construção de uma escola municipal para atender o ensino fundamental infantil, creche e Educação de Jovens e Adultos no bairro Bonanza, para atender aos bairros do Bonanza, Bairro Bacana e moradores da estrada do Massanori.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2648/ass_indicacao_-_merces_-_creche_princesa_do_xingu.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2648/ass_indicacao_-_merces_-_creche_princesa_do_xingu.pdf</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, realizar o serviço de construção de uma Creche na E.M.E.I.F. Princesa do Xingu, localizada na Rua A, Princesa do Xingu - Zona Rural –Altamira-PA</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2649/ass_indicacao_-_merces_-_creche_ruth_passarinho.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2649/ass_indicacao_-_merces_-_creche_ruth_passarinho.pdf</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, realizar o serviço de construção de banheiros sociais para os funcionários, sala de professores e instalação de parque infantil na Creche Ruth Passarinho, localizada na Rua 13 de Maio, s/nº Bairro Premem – Altamira-PA</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>De iniciativa da vereadora Enfermeira Wilha, sugere ao Senhor Dr. Loredan Mello - Prefeito Municipal, através da Secretaria competente, realizar a reforma completa da escola Saint Clair Passarinho, bem como revitalização da quadra poliesportiva localizada em frente a unidade escolar, no bairro Sudam II.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>De iniciativa da vereadora Enfermeira Wilha, que indique ao excelentíssimo senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria competente, a reforma da Escola José de Alencar, localizada no bairro Aparecida.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>De iniciativa da Vereadora Enfermeira Wilha, que sugere ao Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, que sejam organizados eventos culturais, esportivos e sociais na Praia do Massanori.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_mayckon.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_mayckon.pdf</t>
   </si>
   <si>
     <t>a revitalização e asfaltamento, das seguintes vias públicas;                     _x000D_
 –  Rua João Vieira (Dom Lorenzo)_x000D_
 –  Rua Umbelino de Oliveira (Independente II) _x000D_
 –  Rua Eva Pereira (Ibiza)</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_12.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_12.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o augusto e_x000D_
 soberano plenário, na forma Regimental, que INDIQUE ao excelentíssimo_x000D_
 senhor Dr. Loredan de Andrade Mello – Prefeito Municipal, através da_x000D_
 Secretaria competente, a realização de novo cadastramento no CadÚnico para_x000D_
 atualizar a lista de beneficiários dos programas sociais, nas localidades Vila_x000D_
 Canopus e Vila Cabocla.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_processo_seletivo_acs_e_ace.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_processo_seletivo_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, através da Secretaria municipal de saúde, realize com certa urgência o processo seletivo para a contratação de Agentes Comunitários de Saúde ACS  e Agentes de Combate a Endemias e ACE, para cobrir as áreas do município de Altamira que hoje se encontram sem assistência  e cobertura desses profissionais.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_fabrica.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_fabrica.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, que possa captar recursos e buscar parceria com outros entes federativos e empresas privadas para a implantação de uma fábrica de chocolate no município de Altamira.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2666/indicacao_praca_dos_sonhos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2666/indicacao_praca_dos_sonhos.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, através da Secretaria competente, construir um espaço o qual seja denominado Praça dos Sonhos, no endereço R. Alércia Orlandina Cerezer Dazalem 1484, no Santa Benedita, que faz parte do projeto Aldeias, realizado no conjunto habitacional Santa Benedita, contendo as seguintes especificações: Palhoça para uso coletivo, instalação de 04 chuveiros, banquinhos novos, escorregadores, gangorras, um balanço, árvores frutíferas, casa da árvore, placas de bom uso da praça, pinturas com artes urbanas nas paredes existentes, espaço com equipamentos para academia livre, um box para vendas de lanches, um pequeno palco para apresentações, que este espaço Praça dos Sonhos não sejam cercada de grades.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2667/tapa_buraco_sao_joaquim_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2667/tapa_buraco_sao_joaquim_assinado.pdf</t>
   </si>
   <si>
     <t>Que determine ao setor competente que sejam tomadas as providências necessárias para a execução dos seguintes _x000D_
 serviços no Residencial RUC São Joaquim: _x000D_
  Operação tapa-buraco nas ruas Poejo, Sabugueira, Urucum, Malva e Hortelã; _x000D_
  Pintura dos meios-fios ao longo dessas vias; _x000D_
  Serviço de roçagem das áreas públicas e calçadas adjacentes.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2668/tapa_buraco_casa_nova_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2668/tapa_buraco_casa_nova_assinado.pdf</t>
   </si>
   <si>
     <t>que determine ao setor _x000D_
 competente que sejam realizadas as seguintes intervenções urbanas no RUC Casa Nova: _x000D_
  Pintura dos meios-fios ao longo das vias; _x000D_
  Serviço de roçagem das margens, calçadas e áreas públicas adjacentes; _x000D_
  Operação tapa-buraco nas seguintes ruas: Taperebás, Graviola, Mangueiras, Bacuris e _x000D_
 Tucumãs.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2669/tapa_buraco_joao_rodrigues__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2669/tapa_buraco_joao_rodrigues__assinado.pdf</t>
   </si>
   <si>
     <t>que sejam realizados _x000D_
 os seguintes serviços nas ruas João Rodrigues, Bom Jesus (bairro Mutirão), Tancredo Neves, Acesso _x000D_
 Dois e Alacid Nunes: _x000D_
   Operação tapa-buraco nas vias danificadas; _x000D_
   Roçagem das margens, calçadas e áreas públicas adjacentes; _x000D_
   Pintura dos meios-fios ao longo de toda a extensão das referidas ruas.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Indicação do Vereador Assis Cunha que Solicita a Recuperação asfáltica com infra estrutura, calçamento, linha d'água, galeria pluvial e acessibilidade nas Ruas do Bairro São Francisco  no complexo Nova Brasília II. seguintes Ruas:  Rua FS-01 com 509 metros, Rua SF 02 com 256 metros, Rua SF 04 com 240 metros, Rua SF-05 com 150 metros e Rua SF-08 com 145 metros, totalizando 1.300 metros.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>De iniciativa do vereador Assis Cunha, sugere o Senhor Dr. Loredan Mello, Prefeito Municipal de Altamira, através da Secretaria competente, a reforma completa da Escola Sebastião de Oliveira no bairro Bela Vista.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>De iniciativa do vereador Assis Cunha, sugere o Senhor Dr. Loredan Mello, Prefeito Municipal de Altamira, através da Secretaria competente, pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento , linha d´água, galeria pluvial e acessibilidade, nas seguintes travessas: Paulo Monteiro com 186 metros e Santos Dumont com 204 metros,  e ruas Mario Rotter com 264 metros e Joana D'arc com 136 metros, totalizando 845 metros, localizadas no loteamento Santa Ana, complexo Nova Brasília II.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_mayckon_pontes.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_mayckon_pontes.pdf</t>
   </si>
   <si>
     <t>, solicito a realização de reforma nas instalações do CRAS ll Benedito Maciel do bairro Mutirão.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao_enf._jaime_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao_enf._jaime_1.pdf</t>
   </si>
   <si>
     <t>Indicação de Iniciativa do vereador Enfermeiro Vanderjaime, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretária competente, que, por meio da Secretaria Municipal de Saúde, envie à Agrovila Nova Canaã, na Gleba Assurini, um Programa de Saúde Itinerante, segundo postula a Lei n.° 3,390 de 01 de junho de 2022.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacoes_ver._enf._jaime_02.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacoes_ver._enf._jaime_02.pdf</t>
   </si>
   <si>
     <t>Indicação de Iniciativa do vereador Enfermeiro Vanderjaime, sugere ao senhor Governador do Estado do Pará Helder Barbalho, por meio da Secretária de Estado de Desenvolvimento Agropecuário e da pesca e de outros órgãos pertinentes, sejam implementadas politicas púbicas voltadas ao fomento de turismo de pesca esportiva em Altamira, especialmente com incentivo a realização e ampliação de eventos tradicionais como o torneio Pacu de Seringa e a pesca do Tucunaré e competições similares.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2678/indicacoes_enf._jaime_03.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2678/indicacoes_enf._jaime_03.pdf</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Enfermeiro Jaime que sugerem ao excelentíssimo senhor Dr. Loredan Mello – Prefeito Municipal, que interceda junto a direção Socioambiental da Norte Energia, para que sejam adotadas as providencias necessárias quanto a recuperação de praças e passarelas que compõem o sistema de Parque e Orlas  de Altamira, com a implantação de um Projeto de arborização e realização periódica de serviços e roçagem capina e limpeza das áreas verdes.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2679/execucao_da_sinalizacao_vertical_horizontal_e_placas_de_indicacao_dos_nomes_das_ruas_do_bairro_buriti.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2679/execucao_da_sinalizacao_vertical_horizontal_e_placas_de_indicacao_dos_nomes_das_ruas_do_bairro_buriti.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Sargento do Buriti ao Excelentíssimo Senhor Dr. Loredan Mello, Prefeito Municipal de Altamira que, por meio da Secretária competente, a Execução da Sinalização Vertical, Horizontal e Placas de Indicação dos Nomes das Ruas do Bairro Buriti</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2680/solicitacao_de_construcao_de_espaco_coberto_para_a_realizacao_da_feira_livre_do_bairro_buriti.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2680/solicitacao_de_construcao_de_espaco_coberto_para_a_realizacao_da_feira_livre_do_bairro_buriti.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Sargento do Buriti ao Excelentíssimo Senhor Dr. Loredan Mello, Prefeito Municipal de Altamira que, por meio da Secretária competente, Solicitando a Construção de Espaço Coberto para a Realização da Feira Livre no Bairro Buriti</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2681/solicitacao_de_doacao_de_area_e_apoio_na_construcao_de_espaco_para_a_associacao_de_moradores_do_bairro_buriti.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2681/solicitacao_de_doacao_de_area_e_apoio_na_construcao_de_espaco_para_a_associacao_de_moradores_do_bairro_buriti.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Sargento do Buriti ao Excelentíssimo Senhor Dr. Loredan Mello, Prefeito Municipal de Altamira que, por meio da Secretária competente, a Solicitação de Doação de Área e Apoio na Construção de Espaço para a Associação de Moradores do Bairro Buriti</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_16-2025__-__praca_brigadeiro_edu..__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_16-2025__-__praca_brigadeiro_edu..__.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, reforma, ampliação, instalação de academia ao ar livre, parque infantil, paisagismo e modernização da praça, além da instalação de bancos com áreas sombreadas, no Trevo da Avenida Brigadeiro Eduardo Gomes, setor próximo ao final da avenida.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_18-2025_-___local_instagramavel__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_18-2025_-___local_instagramavel__.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, remoção das plantas que obstruem o letreiro com nome da cidade, criar vários espaços Instagramáveis por toda orla do cais da cidade (Avenida João Pessoa) com estrutura adequada para fotos, adição de mais letreiros com o nome da cidade, implantação de esculturas artísticas que representem elementos marcantes da cultura local, como o plantio de cacau, a pesca e o folclore regional, valorizando nosso patrimônio cultural.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_17-2025__-__vagas_estacionamento_djalma__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_17-2025__-__vagas_estacionamento_djalma__.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, solicitar análise de viabilidade técnica para a implantação de vagas de estacionamento no canteiro central da Avenida Djalma Dutra, localizada no centro da cidade, e na Avenida João Rodrigues (Entre rotatória da Fischer e rotatória da Rodoviária), com o intuito de ampliar a oferta de vagas de estacionamento ao longo da via.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2685/assinada_indicacao_-_merces_-_programa_escola_que_protege.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2685/assinada_indicacao_-_merces_-_programa_escola_que_protege.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Mercês Costa ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, após a elaboração de estudos de viabilidade técnica, financeira e jurídica pela Prefeitura Municipal de Altamira, a adesão ao Programa do Ministério da Educação (MEC): Escola que Protege. Que tem como objetivo fortalecer a capacidade das redes de ensino para prevenir e enfrentar a violência nas escolas. Ele visa promover a formação continuada de profissionais da educação, fomentar a construção de planos de enfrentamento à violência e respostas a emergências, além de assessorar as redes de ensino em casos de ataques de violência extrema.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2686/assinada_indicacao_-_merces_-_regularizacao_dos_ceps.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2686/assinada_indicacao_-_merces_-_regularizacao_dos_ceps.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Mercês Costa ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, a realização da regularização dos Códigos de Endereçamento Postal (CEP) dos logradouros que ainda não dispõem desta codificação em nosso município.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2687/assinada_indicacao_-_merces_-_revitalizacao_da_lagoa_ind_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2687/assinada_indicacao_-_merces_-_revitalizacao_da_lagoa_ind_ii.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa indica ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, para que sejam realizadas ações de revitalização na Lagoa do Independente II, com o objetivo de transformar o local em um espaço de convivência, lazer e desenvolvimento econômico para a comunidade._x000D_
 Entre as melhorias propostas, destacam-se: - Implantação de quiosques para a venda de lanches e churrasquinhos, fomentando o empreendedorismo local e gerando oportunidades de renda para os moradores; - Aquisição e instalação de um playground infantil, garantindo um espaço seguro e adequado para o lazer das crianças; - Melhoria da iluminação pública ao redor da lagoa, promovendo segurança e incentivando o uso do espaço também no período noturno; - Criação de áreas de convivência com bancos e paisagismo, proporcionando um ambiente agradável para encontros e atividades ao ar livre; - Implementação de um programa de manutenção contínua, assegurando a preservação e funcionalidade do espaço revitalizado.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>De iniciativa do vereador, Roni Heck que sugere ao Senhor Prefeito de Altamira Dr. Loredan Mello, através do setor competente a construção de uma Ponte de Concreto na Rodovia Transassurini Km 25 logo após a vila Pereira.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2697/indicacao_natea_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2697/indicacao_natea_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, criar na Secretaria Municipal de Saúde, a coordenação do NATEA (Núcleo de Atendimento ao Transtorno do Espectro Autista). Com o objetivo de implantar na rede pública, um serviço especializado que oferece atendimento multidisciplinar a pessoas com autismo.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2698/indicacao_ubsf_-.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2698/indicacao_ubsf_-.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, que seja implantado uma Unidade Básica de Saúde Fluvial (UBSF), para atender as comunidades ribeirinhas e populações tradicionais ao longo dos Rios Iriri, curuá, médio Xingu, riozinho do Anfrísio, dentre os rios que fazem parte de Altamira.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2699/ind._mesa_de_negociacao_-.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2699/ind._mesa_de_negociacao_-.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, que possam instituir a Mesa de Negociação, um fórum entre os gestores municipais e os funcionários públicos, buscando construir uma política de valorização salarial implementando a revisão do plano de cargos, carreiras e remunerações do PCCR para os servidores públicos do município de Altamira.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_-_tavaquara.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_-_tavaquara.pdf</t>
   </si>
   <si>
     <t>solicito a realização de limpeza geral e serviço de roço no Reassentamento Urbano Comunitário Tavaquara.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Indicação da Vereadora Enfermeira Wilha, que Solicita ao Senhor Dr. Loredam Mello Prefeito Municipal, através da Secretaria competente, a necessidade de reforma ou construção da Ponte localizada no Travessão do Espanhol, nas proximidades da Escola da Comunidade.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Indicação da Vereadora Enfermeira Wilha, que Solicita ao Senhor Dr. Loredam Mello Prefeito Municipal, através da Secretaria competente, a reforma da Ponte ou construção da ponte localizada no Travessão do Pimentel, nas proximidades do Senhor Zezinho, na zona rural no Assurini.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_-_creche_aldenira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_-_creche_aldenira.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a instalação de uma cobertura na área de lazer da Creche Professora Aldenira Castelo Santana.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>De iniciativa da vereadora Enfermeira Wilha, que indique ao excelentíssimo senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria competente, a reforma urgente da Escola Municipal de Ensino Fundamental Babaquara, localizada na vicinal Babaquara zona rural.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>De iniciativa do vereador Assis Cunha, sugere o senhor Dr. Loredan Mello Prefeito Municipal de Altamira, através da Secretaria competente, solicitar que Escola nossa Senhora Aparecida localizada no Bairro Liberdade, seja transformada em uma Creche e que os alunos do ensino fundamental da mesma sejam transferidos para Escola Anísio Uchôa.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>De iniciativa do vereador Assis Cunha, sugere o senhor Dr. Loredan Mello Prefeito Municipal de Altamira, através da Secretaria competente, solicitar Serviços de reabertura e terraplenagem com encascalhamento, elevação de aterro, drenagem e implantação de bueiros para escoamento de água no Ramal da Floresta.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2710/20.04.2025_ndicacao_adptacao_ubs_alberto_soares_para_a_escola-.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2710/20.04.2025_ndicacao_adptacao_ubs_alberto_soares_para_a_escola-.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a adaptação da UBS (unidade básica de saúde) para a escola Francisco carneiro de Freitas, localizada no bairro Alberto Soares</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da Secretaria competente, que adote as providencias cabíveis para a destinação de uma Unidade de Serviço avançada de Saúde (USA) para atendimento de urgência e emergência, serviço de atendimento móvel (SAMU) no município de Altamira.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>De iniciativa do Vereador Enfermeiro Jaime que sugere ao Excelentíssimo Senhor Dr. Loredan Mello - Prefeito Municipal, através da Secretaria competente, a construção de uma faixa elevada (Travessia elevada para pedestre) em frente a Escola Polivalente localizada na Avenida Tancredo Neves .</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>De iniciativa do Vereador Enfermeiro Jaime que sugere ao Excelentíssimo Senhor Dr. Loredan Mello - Prefeito Municipal, através da Secretaria de Saúde, disponibilize um médico oftalmologista com atuação fixa  e regular no município, para atender a população do sistema único de saúde (sus).</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_remuneracao_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_remuneracao_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, que em conformidade com a Lei Municipal n• 1.767/2007, que dispõe sobre o Regime Jurídico Único- RJU, dos servidores públicos municipais, que efetue o reajuste salarial que está prevista em lei  nº 1767 de 02 de outubro 2007, que em seu artigo 30, Parágrafo segundo,  assegura a revisão geral anual da remuneração aos servidores dos poderes executivo, legislativo, na forma do inciso 10, do artigo 37 da Constituição Federal, afixada  para o dia 1º de maio, possibilitando, assim, que o servidor seja valorizado e, com isso, no dia do trabalho, o trabalhador possa ter uma notícia positiva em relação ao reajuste da sua remuneração.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2719/ind._audiencia_publica.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2719/ind._audiencia_publica.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, e ao presidente da Câmara Municipal, realizar com urgência, audiências públicas, para ouvir a população, sobre a privatização da água, do saneamento básico e esgotamento sanitário do município de Altamira, prevista, por meio de leilão e concessão de outorga. Audiência pública já!</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_16.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_16.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano_x000D_
 Plenário, na forma regimental, que seja encaminhada INDICAÇÃO ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de_x000D_
 Andrade Mello, para que, por meio das Secretarias competentes, providencie o_x000D_
 fornecimento de materiais de roço tais como enxadas, facões, roçadeiras e_x000D_
 equipamentos correlatos aos servidores de serviços gerais que atuam no_x000D_
 Cemitério KM-4 São Sebastião.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2721/indicacao_18.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2721/indicacao_18.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano_x000D_
 Plenário, na forma regimental, que seja encaminhada INDICAÇÃO ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de_x000D_
 Andrade Mello, por meio das Secretarias competentes, providencie obras de_x000D_
 recuperação estrutural na ponte localizada no acesso ao bairro Lama Negra,_x000D_
 que possui aproximadamente seis metros de extensão.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2722/endurela_assinado_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2722/endurela_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicação do vereador Victor da Foccus  ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por intermédio da SECRETARIA MUNICIPAL DE ESPORTE E LAZER, tome as providências necessárias para_x000D_
 a retomada e realização do tradicional evento esportivo Endurela, com percurso de trilha de motos_x000D_
 com saída do município de Brasil Novo e chegada em Altamira, conforme acontecia anualmente por_x000D_
 mais de 15 anos.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2723/ruas_sao_joaquim_alecrim2c_manjericao2c_louro2c_pequi_e_roma2c_todas_situadas_no_bairro_ruc_sao_joaquim_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2723/ruas_sao_joaquim_alecrim2c_manjericao2c_louro2c_pequi_e_roma2c_todas_situadas_no_bairro_ruc_sao_joaquim_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação do vereador Victor da Foccus ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que determine ao setor competente determine a execução dos seguintes serviços de manutenção urbana nas ruas Alecrim,_x000D_
 Manjericão, Louro, Pequi e Romã, todas situadas no bairro RUC São Joaquim:_x000D_
 _x000D_
  Operação tapa-buraco para correção do asfalto e melhoria da trafegabilidade;_x000D_
  Roçagem e limpeza das margens e áreas verdes das vias;_x000D_
  Pintura de meio-fio, contribuindo para a organização visual e segurança viária.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_-_van_movel_3_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_-_van_movel_3_assinado.pdf</t>
   </si>
   <si>
     <t>A compra de uma van adaptada para a criação de uma Unidade Móvel de Vacinação no Município de Altamira.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2725/indicacao_quadra_poliesportiva_bairro_buriti.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2725/indicacao_quadra_poliesportiva_bairro_buriti.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A construção de uma quadra poliesportiva coberta no bairro buriti.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_n_283-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_n_283-2025.pdf</t>
   </si>
   <si>
     <t>O vereador Victor da Foccus, indica ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que determine ao setor competente determine a execução dos serviços de tapa-buracos e pintura de meio-fio nas seguintes vias do RUC Tavaquara: Rua Iriri, Rua Juruna, Rua Xingu, Rua Iracema, Rua B e Rua dos Pescadores, bem como a recomposição da iluminação pública da quadra poliesportiva localizada no referido bairro.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_n0_2842025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_n0_2842025.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, que encaminhe a Câmara Municipal, projeto de lei, com a finalidade de regulamentar/reconhecer o processo de efetivação dos ACS e ACE, feita pela Prefeitura/Secretaria Municipal de Saúde/SESPA e Conselho Municipal de Saúde, no ano de 2011, conforme documentação constantes nos arquivos e portaria assinada pelo gestor da época. A lei assegurará além dos direitos como: 30 dias de férias; um terço de férias sobre o salário base; licença saúde; reajuste salarial; anuênio, enfim todos os direitos previstos no Regime Jurídico Único - RJU, dos servidores públicos municipais, ao qual os mesmos estão vinculados e submetidos, direitos esses já reconhecidos e garantidos a eles. Por fim, igualmente trará a tranquilidade e garantias, sem sobressaltos ou dificuldades, na hora da aposentadoria desses profissionais, com base no piso nacional vigente.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2728/indicacao_17.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2728/indicacao_17.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano_x000D_
 Plenário, na forma regimental, que seja encaminhada INDICAÇÃO ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de_x000D_
 Andrade Mello, por meio das Secretarias competentes, providencie a transferência_x000D_
 do Serviço de Convivência e Fortalecimento de Vínculos (SCFV), atualmente_x000D_
 localizado no Bairro São Domingos, para um imóvel com maior estrutura física, capaz_x000D_
 de atender de forma mais adequada os usuários do serviço, bem como o fornecimento_x000D_
 de novos materiais recreativos, a fim de aprimorar as atividades ofertadas.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2731/marcha_para_jesus_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2731/marcha_para_jesus_assinado.pdf</t>
   </si>
   <si>
     <t>Contratação de uma banda de nível nacional para se apresentar na Marcha para Jesus, pois trata-se de um evento de grande expressão no calendário cristão.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2732/independente_3_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2732/independente_3_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado o serviço de pavimentação asfáltica ou bloqueamento  com infraestrutura, nas seguintes vias públicas. _x000D_
 Rua Euclides Câmara ( bairro independente lll )_x000D_
 Rua 13 de março ( bairro independente lll )</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_288_enfermeira_wilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_288_enfermeira_wilha.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Enfermeira Wilha, sugere o senhor Dr. Loredan Mello, Prefeito Municipal de Altamira, através da Secretaria competente, realizar o serviço de recapeamento asfáltico nas seguintes Ruas do bairro Parque Ypê :_x000D_
 Rua Joaquim Nabuco (120 metros). _x000D_
 Rua 20 (100 metros). _x000D_
 Rua SD1. (95 metros).</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2735/indicacoes_289_enfermeira_wilha_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2735/indicacoes_289_enfermeira_wilha_.pdf</t>
   </si>
   <si>
     <t>De iniciativa da vereadora Enfermeira Wilha, através da Secretaria competente, que viabilize a manutenção, recuperação do Travessão Paratizinho, a 9 Km da Balsa Transassurini.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_290_enfermeira_wilha_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_290_enfermeira_wilha_.pdf</t>
   </si>
   <si>
     <t>De iniciativa da vereadora Enfermeira Wilha, que solicita ao Senhor Dr. Loredan Mello, Prefeito Municipal, através da Secretaria competente, a realização de Concurso Público para a recomposição do quadro de servidores Efetivos da Prefeitura.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_upa_28_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_upa_28_assinado.pdf</t>
   </si>
   <si>
     <t>que sejam disponibilizados, mas um veículo ou_x000D_
 ambulância para o transporte de pacientes da Unidade de Pronto Atendimento_x000D_
 (UPA) para dar suporte especialmente para os pacientes que se encontram em_x000D_
 vulnerabilidade social.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_20-2025__-__reforma_trapiche_orla_do_cais_e_praca_infantil____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_20-2025__-__reforma_trapiche_orla_do_cais_e_praca_infantil____.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a reforma do trapiche da orla do cais, reforma e modernização do parque infantil, além da instalação de bancos com áreas sombreadas, situado na Avenida João Pessoa na entrada para o trapiche.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_293_enfermeiro_jaime.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_293_enfermeiro_jaime.pdf</t>
   </si>
   <si>
     <t>De iniciativa da vereador Enfermeiro Jaime Santos, que sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria Municipal de Educação SEMED e da Secretaria de Planejamento, determine a realização de estudos técnicos, logísticos e orçamentários para a construção da primeira Escola de tempo integral na zona rural.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2740/indicacao_294_enfermeiro_jaime_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2740/indicacao_294_enfermeiro_jaime_.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Enfermeiro Vanderjaime, ao Senhor Dr. Loredan Mello, Prefeito Municipal, através da Secretaria Competente, Proceda a instalação  de semáforo no cruzamento entre as ruas Antônio Vieira e rua Joaquim Acácio no bairro de Brasília.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2741/indicacao_295_enfermeiro_jaime_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2741/indicacao_295_enfermeiro_jaime_.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Enfermeiro Jaime ao Senhor Dr. Loredan Mello, Prefeito Municipal, através da Secretaria competente, solicita que elabore e implemente um Plano Continuo de manutenção das estradas vicinais e pontes localizadas nas Comunidades da Zona Rural do município.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2742/praca_do_estudante20250429_09094295.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2742/praca_do_estudante20250429_09094295.pdf</t>
   </si>
   <si>
     <t>indique a PMA, que seja realizada  a revitalização da Praça do estudante , localizada na avenida Tancredo neves, em frente ao SENAI.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2743/libras_e_braile20250429_09120832.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2743/libras_e_braile20250429_09120832.pdf</t>
   </si>
   <si>
     <t>indique a PMA, sugere ao excelentíssimo senhor prefeito que seja encaminhado projeto de lei dispondo sobre a criação da escola municipal de libras e braile no município de altamira.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2744/solicitacao_de_execucao_de_rampa_para_pe.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2744/solicitacao_de_execucao_de_rampa_para_pe.pdf</t>
   </si>
   <si>
     <t>indique a PMA,  a solicitação de execução da rampa para pescadores ao lado do porto do pepino e reforma da rampa da av. Joao pessoa.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_29_s.mulher_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_29_s.mulher_assinado.pdf</t>
   </si>
   <si>
     <t>que seja instituída a criação e estruturação da _x000D_
 Secretaria da Mulher no Município de Altamira.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2746/indicacao_saude_bucal_nas_escolas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2746/indicacao_saude_bucal_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita a implantação ou o retorno do atendimento odontológico nas escolas municipais da rede pública de ensino do Município de Altamira – PA.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2748/indicacao_reforma_do_posto_de_saude_cipo_ambe.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2748/indicacao_reforma_do_posto_de_saude_cipo_ambe.pdf</t>
   </si>
   <si>
     <t>Assunto: Reforma do posto de saúde do Ramal do Cipó Ambé, zona rural de Altamira – PA.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2750/indicacao_assinada_-_merces_-_lama_negra_transporte_publico.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2750/indicacao_assinada_-_merces_-_lama_negra_transporte_publico.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere a Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, que seja incluido o Bairro Lama Negra, nas rotas do transporte público municipal.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2751/indicacao_assinada_-_merces_-_ruas_ind_i_modesto_silva.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2751/indicacao_assinada_-_merces_-_ruas_ind_i_modesto_silva.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere a Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, o serviço de pavimentação asfáltica ou bloqueteamento com infraestrutura, calçamento, linha d’água e esgotamento sanitário das ruas do bairro Independente I: Rua Modesto Silva, Rua Luis Né da Silva, Rua Balduino Ramos e Rua José Ribeiro Alves.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2752/indicacao_assinada_-_merces-_cras_itinerante.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2752/indicacao_assinada_-_merces-_cras_itinerante.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, no uso de suas atribuições legais e regimentais, vem sugerir à Mesa Diretora, ouvido o Augusto Soberano Plenário, que seja encaminhada ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, realize ações itinerantes dos Centros de Referência de Assistência Social (CRAS) nas zonas rurais nas seguintes comunidades:  Michila, Agrovila Princesa do Xingu, Agrovila Vale Piauiense – Km 23, Agrovila Sol Nascente, Babaquara, Agrovila Nova Vida - 04 Bocas, Itapuama, Espelho, Travessão da Firma e Picadinho.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2753/indicacao_tercio_brito.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2753/indicacao_tercio_brito.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a realização do recapeamento asfáltico e linha d'água, nas ruas Alberto Garcia Soares e Francisco Pedrosa, no Bairro Independente 1.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2754/29.04.2025_ndicacao__ponte_do_tucurui.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2754/29.04.2025_ndicacao__ponte_do_tucurui.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar os serviços, de contrução em concreto armado a ponte do Tucuruí localizada no ramal da lagoa</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2755/29.04.2025_indicacao__titularizacao..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2755/29.04.2025_indicacao__titularizacao..pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a ‘’Legalização e Titularização” das Chácaras e lotes residências na zona rural das áreas antiga do Município de Altamira-Pá, nos RAMAIS: Cipó Ambé, Floresta, Cupuzinho, Monte Santo, Gaviãozinho, Ramal das Chácaras, Itaboca, Traíras, Aurora, Grota Seca, Girassol e adjacentes.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_emef_paulo_benicio_assinado_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_emef_paulo_benicio_assinado_1.pdf</t>
   </si>
   <si>
     <t>A construção de uma quadra poliesportiva coberta nas dependências da Escola Municipal de Ensino Fundamental (EMEF) Paulo Benício dos Santos.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2760/30.04.2025__ndicacao_ruas_da_brasilia_commapa_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2760/30.04.2025__ndicacao_ruas_da_brasilia_commapa_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar, a Recuperação asfáltica, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no Bairro Brasílias: Rua das hortênsias com 262 Metros, Rua Primeiro de Maio com 95 metros e Violetas com 271 Metros e nas travessas Deoclides de Almeida com 856 Metros, e Presidente Medic com 343 Metros. Totalizando 1.827 Metros.  SEGUE MAPA EM ANEXO.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2761/tapa-buraco_mutirao_2c_pintura_de_meio-fio_e_rocagem_nas_seguintes_vias_do_bairro_mutirao_-_rua_um2c_rua_dois2c_rua_tres2c_rua_quatro_e_rua_sete_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2761/tapa-buraco_mutirao_2c_pintura_de_meio-fio_e_rocagem_nas_seguintes_vias_do_bairro_mutirao_-_rua_um2c_rua_dois2c_rua_tres2c_rua_quatro_e_rua_sete_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Victor da Foccus ao prefeito Municipal que por meio da secretaria competente, sejam realizados os serviços de tapa-buraco, pintura de meio-fio e roçagem nas seguintes vias do bairro Mutirão: Rua Um, Rua Dois, Rua Três, Rua Quatro e Rua Sete.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2762/tapa-buracos_e_pintura_de_meio-fio_nas_seguintes_vias_do_ruc_laranjeiras_rua_curimata2c_rua_piratininga2c_rua_jau2c_rua_tambaqui_e_rua_matrinxa_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2762/tapa-buracos_e_pintura_de_meio-fio_nas_seguintes_vias_do_ruc_laranjeiras_rua_curimata2c_rua_piratininga2c_rua_jau2c_rua_tambaqui_e_rua_matrinxa_assinado.pdf</t>
   </si>
   <si>
     <t>indicação do vereador victor da foccus solicitando que seja encaminhado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por meio da Secretaria Municipal de Obras Infraestrutura, sejam realizados os serviços de operação tapa-buracos e pintura de meio-fio nas seguintes vias do RUC Laranjeiras: Rua Curimatã, Rua Piratininga, Rua Jaú, Rua Tambaqui e Rua Matrinxã.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2765/terraplanagem_e_rocagem_na_via_de_acesso_ao_massanori_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2765/terraplanagem_e_rocagem_na_via_de_acesso_ao_massanori_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação do vereador Victor da Foccus ao prefeito Loredam que sejam realizados os serviços de terraplanagem, roçagem e retirada de entulho na via que dá acesso à localidade da praia do Massanori, bem como na área da praia, especialmente no trecho situado entre os quiosques.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_21.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_21.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano Plenário, na forma regimental, que seja encaminhada INDICAÇÃO ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de Andrade Mello, por meio das Secretarias competentes, a sugestão de implementação de um curso de capacitação para taxistas e motoristas de aplicativo, com foco em comunicação básica em língua inglesa, visando à preparação e qualificação dos profissionais para a recepção dos visitantes nacionais e internacionais durante a COP 30.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_19.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_19.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o augusto e soberano plenário, na forma Regimental, que INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal, através da Secretaria Municipal de Saúde, promoção de Atendimento Fisioterapêutico ao Tratamento Precoce de Patologias Agudas e Crônicas no HGA – Hospital Geral de Altamira.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_20.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_20.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano Plenário, na forma regimental, que seja encaminhada a seguinte INDICAÇÃO ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Estado do Pará, Dr. Loredan de Andrade Mello, para que, por meio das Secretarias competentes, seja viabilizada a implementação de modalidades de pagamento via PIX e cartões de crédito ou débito no Restaurante Popular de Altamira.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_adcional_salarial.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_adcional_salarial.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, com base na legislação da lei federal 6.514-77 que o prefeito determine a Secretaria de Saúde incluir ou adicionar aos salários dos agentes de fiscalização de vigilância sanitária o grau máximo que tem direito de 40% no salário base desses servidores.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_317-2025_ver._silvano.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_317-2025_ver._silvano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, determine a Secretaria Municipal de Saúde, a garantia do direito das mães e pais de crianças e adolescentes com espectro autistas e/ou outras necessidades especiais conforme legislação vigente, no sentido da sua redução da jornada de trabalho, para que tenham as condições de cuidar e acompanhar os seus filhos.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2771/indicacao_nova_colina.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2771/indicacao_nova_colina.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, que seja realizado o serviço da cobertura da área de lazer das crianças que estão matriculadas na Creche Jardim Primavera no bairro Nova Colina, pois os brinquedos ficam dentro de uma sala da brinquedoteca e a sala é muito pequena para a realização das atividades de recreação dos mesmos.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_contratacao_de_um_profissional_fisioterapeuta_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_contratacao_de_um_profissional_fisioterapeuta_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Victor da Foccus , solicitando que seja encaminhado expediente ao_x000D_
 Poder Executivo Municipal, para que seja viabilizada a contratação de um profissional_x000D_
 fisioterapeuta para prestar atendimento aos pacientes da Casa de Apoio de Altamira, localizada_x000D_
 na cidade de Belém – PA.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Indicação do vereador Enf. Jaime ao Excelentíssimo Senhor Dr. Loredan Mello Prefeito Municipal de Altamira que, por meio da Secretária competente, realize serviços de recuperação e consertos da ponte localizada na Estrada Ramal dos Cocos.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>De iniciativa do vereador Vanderjaime Santos, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, que por meio da Secretaria de Saúde, envie ao Travessão do Índio Preto, na região do Cajueiro um comando do Programa Saúde Itinerante, segundo postula a Lei n.° 3.390 de 01 de junho de 2022.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>De iniciativa do vereador Vanderjaime Santos, sugere ao senhor Dr. Loredan Melo - Prefeito Municipal de Altamira, que por meio da Secretaria Municipal competente, seja realizado operação tapa-buracos na Avenida Ernesto Acioly e João Paulo ll, via que dar acesso ao Aeroporto.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2785/tapa_buraco_santa_benedita_e_sao_domingos_assinado_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2785/tapa_buraco_santa_benedita_e_sao_domingos_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador para que determine à secretaria competente a realização de operação tapa-buracos, serviços de meio-fio, calçamento e limpeza nas seguintes vias urbanas do município: _x000D_
 Bairro Santa Benedita:  Rua Lucimar Lima de Souza, Rua Alexandre Vieira, Rua Paraíso (Av. da Integração) – via de acesso ao bairro _x000D_
 Bairro São Domingos:  Avenida Castelo Branco - via de acesso ao bairro, Rua Presidente Dutra.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_22-2025_-_construcao_trapiche_enrocamento.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_22-2025_-_construcao_trapiche_enrocamento.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, construção de um trapiche juntamente com uma escultura alusiva aos Jogos Indígenas, sobre o enrocamento da praia artificial da Orla do Cais.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_24-2025__-__paisagismo_canteiro_central__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_24-2025__-__paisagismo_canteiro_central__.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, elaborar e executar um projeto de paisagismo urbano com instalação de novos canteiros e o plantio de plantas ornamentais nas seguintes vias principais do município; Avenida Djalma Dutra, Avenida Tancredo Neves, Avenida Brigadeiro Eduardo Gomes e Acesso Dois.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_06_travessoes_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_06_travessoes_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja realizada com urgência a revitalização dos_x000D_
 travessões e ramais das localidades, ,Itaboca, Cipó Ambe e Grota Seca, situadas_x000D_
 na zona rural do município de Altamira.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_ibiza_07_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_ibiza_07_assinado.pdf</t>
   </si>
   <si>
     <t>a realização de obras de infraestrutura urbana, com pavimentação asfáltica, calçamento e implantação de linha d’água, na Passagem 2 e Rua São Sebastião, situadas no bairro Jardim Ibiza.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2791/07.05.2025_indicacao__titularizacao_sol_nascente_com_mapa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2791/07.05.2025_indicacao__titularizacao_sol_nascente_com_mapa.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente. Solicita a ‘’Legalização e Titularização” dos lotes residências e chácaras na Agrovila Sol Nascente no Assurini.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2792/07.05.2024_ndicacao_trasporte_publico_cupiuba.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2792/07.05.2024_ndicacao_trasporte_publico_cupiuba.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira. A implantação do serviço de transporte público municipal no Ramal Cupiúba.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2793/07.05.2025_indicacao__titularizacao_srrinha_e_princesa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2793/07.05.2025_indicacao__titularizacao_srrinha_e_princesa.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente. Solicita a ‘’Legalização e Titularização” dos lotes residências e chácaras nas comunidades:  Serrinha, Princesa do Xingu, Cupiuba, Mixila, Verdes Mares e Ramal São Francisco.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2795/indicacao_-_bairro_aparecida__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2795/indicacao_-_bairro_aparecida__assinado.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Victor da Foccus ao prefeito municipal em que solicita que determine à secretaria competente a realização das seguintes ações no Bairro Aparecida:_x000D_
 Serviços de roçagem, limpeza de entulhos e poda de árvores em todo o bairro;_x000D_
  Operação tapa-buracos na Rua da Concórdia._x000D_
 Providências urgentes na Rua Acesso 05 com a Rua 04, onde há um bueiro a céu aberto,_x000D_
 e recuperação de bloquete.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_avenida_leste_oeste_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_avenida_leste_oeste_assinado.pdf</t>
   </si>
   <si>
     <t>A realização de obras de pavimentação asfáltica ou bloqueamento com infraestrutura completa, calçamento, linha d`água galeria pluvial na avenida Leste Oeste.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2798/implantacao_de_atividades_de_danca_especialmente_aulas_de_zumba_nos_bairros_do_municipio__alterada1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2798/implantacao_de_atividades_de_danca_especialmente_aulas_de_zumba_nos_bairros_do_municipio__alterada1.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Sargento do Buriti, ao Dr. Loredan Mello Prefeito municipal através da Secretaria Municipal, que solicita a implantação de atividades de dança, especialmente aulas de zumba, nos Bairros, laranjeiras, bela vista e buriti.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2799/oftalmologista20250507_12055238.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2799/oftalmologista20250507_12055238.pdf</t>
   </si>
   <si>
     <t>indique a PMA, a indicação para inclusão de oftalmologista e optometrista no programa sorriso nos bairros.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2800/instalacao_das_cameras20250507_11581745.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2800/instalacao_das_cameras20250507_11581745.pdf</t>
   </si>
   <si>
     <t>indique a PMA, a instalações de câmeras de monitoramento nas entradas do bairro buriti, especialmente nas proximidades do pórtico.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2801/indicacao_enf._wilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2801/indicacao_enf._wilha.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Enf. Wilha ao Exmo. Sr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, Solicita a Reforma da ponte localizada na Estrada do Ramal da Serrinha, zona rural de Altamira.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_23.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_23.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano_x000D_
 Plenário, na forma regimental, que seja encaminhada a seguinte INDICAÇÃO_x000D_
 ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Estado do Pará, Dr._x000D_
 Loredan de Andrade Mello, para que, por meio da Secretaria Municipal de_x000D_
 Saúde, seja adicionada ao quadro de profissionais do CAPS (Centro de Atenção_x000D_
 Psicossocial) da cidade de Altamira a contratação de:_x000D_
  Educador físico,_x000D_
  Artesão/instrutor de oficinas artísticas (como pintura, escultura, etc.),_x000D_
  Psicólogo(s),_x000D_
 com o objetivo de ampliar e qualificar o atendimento aos usuários do referido_x000D_
 serviço.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_assinada-_merces_-_recuperacao_estrada_capembas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_assinada-_merces_-_recuperacao_estrada_capembas.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da secretaria competente, sejam viabilizadas obras de recuperação da Estrada Capembas.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2805/indicacao_assinada_-_merces_-_recuperacao_estrada_babaquara_no_assurini.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2805/indicacao_assinada_-_merces_-_recuperacao_estrada_babaquara_no_assurini.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da secretaria competente, sejam viabilizadas obras de recuperação da Estrada do Babaquara no Assurini.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_assinada_-_merces_-_alagamento_final_da_rua_belem_premem.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_assinada_-_merces_-_alagamento_final_da_rua_belem_premem.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da secretaria competente, realização de estudos e ações emergenciais para sanar os constantes alagamentos que ocorrem no final da Rua Belém, localizada no bairro Premem, município de Altamira – PA.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_22.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo senhor Presidente,_x000D_
 Excelentíssimas senhoras Vereadoras e_x000D_
 Excelentíssimos senhores Vereadores._x000D_
 O Vereador que esta subscreve, no uso de suas atribuições regimentais, sugere_x000D_
 à Mesa Diretora, após ouvido o soberano Plenário, que seja encaminhada_x000D_
 INDICAÇÃO ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Dr._x000D_
 Loredan de Andrade Mello, para que, por meio das secretarias competentes,_x000D_
 sejam adotadas as seguintes providências:_x000D_
 1. Instalação de sinalização indicativa de risco nas áreas mais perigosas_x000D_
 da orla, alertando os frequentadores sobre pontos críticos e riscos de_x000D_
 afogamento;_x000D_
 2. Promoção de campanhas educativas permanentes nas escolas,_x000D_
 comunidades e meios de comunicação, com foco na segurança aquática e_x000D_
 na prevenção de afogamentos.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_ultrassom_morfologica.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_ultrassom_morfologica.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Enfermeira Wilha ao Excelentíssimo. Senhor Loredan Mello Prefeito Municipal, através da Secretaria de Saúde, a inclusão de exame de ultrassonografia morfológica no protocolo de atendimento pré-natal da rede pública municipal.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_reforma_do_predio_g.m.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_reforma_do_predio_g.m.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, através da secretaria competente dar continuidade a reforma do prédio da Guarda Municipal.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_vereador_chesther.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_vereador_chesther.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Chesther Pedro ao Senhor Dr. Loredan Mello Prefeito Municipal que determine ao setor competente com urgência a realização de obras de reforma e melhorias na Escola Boa Esperança, anexo da Escola itapuama no Assurini.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_24.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, após ouvido o soberano Plenário, na forma regimental, que seja encaminhada INDICAÇÃO ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de Andrade Mello, por meio das Secretarias competentes, solicitar prioridade na realização da operação tapa-buraco no início da Avenida Jader Barbalho, no trecho em direção ao município de Brasil Novo.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_altaprev_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_altaprev_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Diretor Presidente do ALTAPREV, disponibilizar o serviço psicológico para atender os servidores público municipais, em processo de aposentadoria, como medida de acompanhar a transição do beneficiário.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_2_vereador_chesther_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_2_vereador_chesther_.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Chesther Pedro ao Senhor Dr. Loredan Mello Prefeito Municipal, através da secretaria competente, seja realizado o plantio de grama e arvores visando a melhoria estética e ambiental do município.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_retroativo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_retroativo.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, possa pagar retroativamente os anuénios dos servidores concursados que eram cargos comissionados durante o período de 2021 a 2024 fundamentado no Artigo 151 da lei Municipal nº 1.767/2007.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_352_vereadora_wilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_352_vereadora_wilha.pdf</t>
   </si>
   <si>
     <t>De iniciativa da vereador Enfermeira Wilha, que sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria competente, que solicita a realização do desfiles cívicos de 7 de setembro na região Assurini, zona rural.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_vereador_sargento.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_vereador_sargento.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Sargento do Buriti, ao Excelentíssimo Senhor Dr. Loredan Mello, através da Secretaria competente, atualize e delimite as áreas que compõe os bairros do município de Altamira, tendo em vista a ultima legislação foi em 2012, por meio da Lei 3092-2012.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>De iniciativa do vereador Enf. Jaime, que solicita ao excelentíssimo senhor Dr. Loredan Mello - Prefeito de Altamira, através da Secretaria competente, realizar o serviço de Revitalização da entrada do Ruc São Joaquim pela Rodovia Transamazônica ( BR - 230) , como, recapeamento asfáltico, limpeza e sinalização, e na rua Carqueja, localizada no mesmo RUC.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2821/indicacao_n_ruc_laranjeiras.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2821/indicacao_n_ruc_laranjeiras.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, determine a Secretaria competente, realizar as ações de emissão de documentos em especial Registo Geral – RG primeira e segunda via, consultas médicas e odontológicas, serviços psicossociais, e demais atividades, no RUC Laranjeiras.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_n_cirurgia_de_labios.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_n_cirurgia_de_labios.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria Municipal de Saúde, realizar mutirão de Cirurgias de lábios leporinos.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_santa_benedita__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_santa_benedita__assinado.pdf</t>
   </si>
   <si>
     <t>solicito  o recapeamento asfáltico e limpeza das seguintes ruas._x000D_
 - R. Joventina Acácia Barbosa (bairro Santa Benedita)_x000D_
 - R. Odilia de Sousa (bairro Santa Benedita)</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2827/14.05.2025_indicacao_espelho_do_queijeiro_da_baiana_boa_sorte_interligandl.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2827/14.05.2025_indicacao_espelho_do_queijeiro_da_baiana_boa_sorte_interligandl.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar os serviços de reabertura, terraplanagem com encascalhamento, elevação de aterros, drenagem e implantação de bueiros para escoamento de água nos seguintes ramais: Espelho, do Queijeiro, da Baiana, Boa Sorte interligando com o travessão da firma, ramal da salsicha, Nova aliança, e novo Brasil.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2828/deposito_comunitario_na_praia_do_massanori_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2828/deposito_comunitario_na_praia_do_massanori_assinado.pdf</t>
   </si>
   <si>
     <t>Vereador Victor da Foccus indica ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que promova a _x000D_
 construção de um depósito comunitário na praia do Massanori, destinado ao armazenamento de cadeiras, tendas, mesas e demais utensílios utilizados pelos permissionários de quiosques que atuam naquela localidade.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_cartilha2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_cartilha2.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, Indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria competente, que sejam tomadas as providências necessárias para a elaboração e ampla divulgação de Cartilha Informativa sobre o Fluxo de Atendimento na Saúde do município de Altamira.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2830/operacao_tapa-buraco_rua_tome-acu2c_avenida_xingu_e_travessa_castanhal2c_djalma_dutra_e_joao_coelho_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2830/operacao_tapa-buraco_rua_tome-acu2c_avenida_xingu_e_travessa_castanhal2c_djalma_dutra_e_joao_coelho_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Victor da Foccus  que indica ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA a realização de operação tapa-buracos, serviços de calçamento e pintura de meio-fio nas seguintes vias públicas do _x000D_
 município: _x000D_
 1. Bairro Premem: Rua Tomé-Açu, Avenida Xingu e Travessa Castanhal; _x000D_
 2. Centro: Avenida Djalma Dutra; _x000D_
 3. Bairro Brasília: Rua João Coelho.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2831/14.05.2024_ndicacaoeno_travessao_do_cajueiro_ramal_das_lages_ramal_do_limao_ramal_do_indio_preto_e_o_desvio_do_cajueiro_ao_ramal_do__carrapato..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2831/14.05.2024_ndicacaoeno_travessao_do_cajueiro_ramal_das_lages_ramal_do_limao_ramal_do_indio_preto_e_o_desvio_do_cajueiro_ao_ramal_do__carrapato..pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente, os serviços de reabertura, terraplanagem com encascalhamento, elevação de aterros,  implantação de bueiros e drenagem para escoamento de água nos seguintes Locais: no travessão do cajueiro, ramal das Lages, ramal do limão, ramal do índio preto, e o desvio do cajueiro ao Ramal do  carrapato.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_regularizacao_fundiaria__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_regularizacao_fundiaria__assinado.pdf</t>
   </si>
   <si>
     <t>solicito o processo de regularização fundiária dos bairros Paixão de Cristo, Lama Negra e São Domingos.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_364-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_364-2025.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Enfermeira Wilha - Nos termos do Regimento Interno desta Casa, Indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da secretaria competente, que seja realizada colocação de piçarra nas estradas das Comunidades Agrovila Sol Nascente e Bom Sossego, localizado na região do Assurini zono rural de Altamira.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_iluminacao_campo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_iluminacao_campo.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, Indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira por meio da Secretaria competente, que sejam tomadas as providências necessárias para a iluminação do campo do Cascata, localizado no Travessão das Mangueiras, no Assurini, no município de Altamira.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_comando_medico__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_comando_medico__assinado.pdf</t>
   </si>
   <si>
     <t>solicito a realização de um comando médico no bairro Santa Benedita, com o objetivo de promover atendimentos médicos e serviços_x000D_
 básicos de saúde à população local.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_25-2025_-___ciclo_via_via_oeste__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_25-2025_-___ciclo_via_via_oeste__.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, realizar estudos com vistas implementar uma ciclovia ao longo da Avenida Via Oeste, entre os bairros Premem e Independente I, de Altamira-PA.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_26-2025__-__requalificacao_da_praia_da_orla__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_26-2025__-__requalificacao_da_praia_da_orla__.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, realizar estudos com vistas requalificação da praia da orla do cais, com implantação de iluminação pública, quadra de vôlei e futevôlei, além da instalação de lixeiras, bancos e sinalização apropriada para uso esportivo, recreativo e placas indicando que é proibido a presença de animais na faixa de areia.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_27-2025__-__ambulancia_____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_27-2025__-__ambulancia_____.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, realizar estudos com vistas providenciar uma ambulância para o distrito de Cachoeira da Serra, com o objetivo de atender com mais agilidade e segurança às demandas de urgência e emergência da população local.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2839/14.11.2024_ndicacaoempissaramento_ramal_itaboca_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2839/14.11.2024_ndicacaoempissaramento_ramal_itaboca_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente, os serviços de reabertura, terraplanagem com encascalhamento, elevação de aterros, implantação de bueiros e drenagem para escoamento de água nos seguintes Locais: Ramal Monte Santo até o vilela, Ramal Gaviãozinho, Girassol, Traíras, Aurora.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2840/republica_federativa_do_brasil_-_estado_do_para_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2840/republica_federativa_do_brasil_-_estado_do_para_1.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que promova durante os jogos indígenas o grafismo nas estruturas físicas da Orla da Cidade e do Estádio Municipal Bandeirão.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2841/republica_federativa_do_brasil_-_estado_do_para.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2841/republica_federativa_do_brasil_-_estado_do_para.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que promova acessibilidade nas arquibancadas para deficientes no Complexo Desportivo da Juventude e Estádio Municipal Bandeirão.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2842/republica_federativa_do_brasil_-_estado_do_para_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2842/republica_federativa_do_brasil_-_estado_do_para_1.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que promova um evento desportivo para inclusão de deficientes na inauguração do Complexo Desportivo de Juventude, envolvendo as mais diversas modalidade.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2843/recuperacao_e_ampliacao_travessa_02_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2843/recuperacao_e_ampliacao_travessa_02_assinada.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita recuperação e ampliação da Travessa 2 no bairro Mutirão com implantação de meio-fio e calçadas.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2844/cirquito_naciona_de_vaquejada_assinado_3.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2844/cirquito_naciona_de_vaquejada_assinado_3.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira a adoção das medidas necessárias para incluir o município de Altamira no Circuito Nacional de Vaquejada.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_de_providencias_para_resolver_de_forma_definitiva_o_problema_de_abastecimento_e_qualidad.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_de_providencias_para_resolver_de_forma_definitiva_o_problema_de_abastecimento_e_qualidad.pdf</t>
   </si>
   <si>
     <t>indique a PMA, ou órgão competente para providenciar , de forma definitiva, o problema de abastecimento e qualidade da água no Bairro Laranjeiras.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_do_laranjeira_2_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_do_laranjeira_2_.pdf</t>
   </si>
   <si>
     <t>indique a PMA, a Solicitação de operação de tapa-buracos e reparos em vias públicas no bairro laranjeiras.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2847/acesso2_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2847/acesso2_assinada.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, indico ao Excelentíssimo Senhor Prefeito Municipal de Altamira-Pá, com cópia à Secretaria Municipal de Obras e Infraestrutura, que seja realizada a revitalização da Avenida Acesso 2, no trecho compreendido entre a Avenida Perimetral e a Avenida Coronel José Porfírio, com os seguintes serviços_x000D_
 Aplicação de micro revestimento asfáltico pigmentado, visando à uniformização da pista, melhora da aderência e aumento da durabilidade do pavimento.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>Realização de melhorias na iluminação pública da Avenida Jader Barbalho, nas imediações do Centro de Eventos Vilmar Soares.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Implantação de ´´motoboxes`` ou ``espaço moto`` nos principais cruzamentos semafóricos do município.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_25.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_25.pdf</t>
   </si>
   <si>
     <t>O vereador Dr Rodrigo Carvalho  indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de Andrade Mello, para que, por meio das Secretarias competentes, providencie a adoção das seguintes medidas no parque verde situada atrás do Centro de Eventos Vilmar Soares, na Travessa Pedro Gomes, Anel Viário:_x000D_
 I – A instalação de iluminação pública adequada, visando à segurança dos frequentadores;_x000D_
 II – a instalação de bebedouros de água potável, com acessibilidade;_x000D_
 III – a reforma e manutenção dos equipamentos de atividades físicas existentes no local.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_assinada_-_merces_-_adequacao_das_rotatorias.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_assinada_-_merces_-_adequacao_das_rotatorias.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atenta as necessidades da nossa população, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da secretaria competente, sejam promovidas adequações nas rotatórias do município, hoje sinalizadas apenas por tachões refletivos, com a implantação de estruturas físicas centrais fixas, como ilhas elevadas em alvenaria ou concreto, que garantam visibilidade, segurança e estejam em conformidade com as normas técnicas vigentes, com foco na melhoria da segurança viária.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_assinada_-_merces_-_creche_irma_serafina.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_assinada_-_merces_-_creche_irma_serafina.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere a Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, que seja realizada na creche Irmã Serafina localizada na Rua Osório de Freitas, SN Bairro Brasília Altamira pará,  a construção de 01 banheiro para funcionários, 01 banheiro para alunos, e cobertura de uma pequena área da creche para a mudança do playground infantil.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_assinada_-_merces_-_reforma_praca_das_mangueiras_assurini.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_assinada_-_merces_-_reforma_praca_das_mangueiras_assurini.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da secretaria competente, seja viabilizada a reforma da praça no ramal das Mangueiras, localizada no Assurini, Zona Rural.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_-_reforma_das_quadras_colina_e_idependente_i.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_-_reforma_das_quadras_colina_e_idependente_i.pdf</t>
   </si>
   <si>
     <t>O Vereador Victor da Foccus, no uso de suas atribuições legais e regimentais, vem respeitosamente apresentar a seguinte Indicação, solicitando que seja encaminhado expediente ao Excelentíssimo Senhor Loredam Mello, Prefeito Municipal de Altamira, para que, por meio da Secretaria competente, sejam realizadas obras de reforma nas seguintes quadras Esportivas:_x000D_
 • Quadra Esportiva do Bairro Colina, localizada na Rua WE 8;_x000D_
 • Quadra Esportiva do Bairro Independente I, localizada na Rua Santa Luzia.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Altamira Dr. Loredan Mello, por meio da Secretaria competente, que seja realizada a reforma e ampliação da praça localizada na comunidade de Vila Canopus, com a inclusão de equipamentos para a prática de atividades físicas e a construção de um playground para as crianças.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_ubirajara_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_ubirajara_assinado.pdf</t>
   </si>
   <si>
     <t>Que sejam tomadas as providências necessárias para a_x000D_
 reforma geral do prédio da Escola Municipal de Educação Infantil Professor_x000D_
 Ubirajara Marques Umbuzeiro, localizada na Rua Caetano Francisco Sousa,_x000D_
 s/n, Residencial Santa Benedita, bairro Nova Altamira.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_aumento_salarial_garis_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_aumento_salarial_garis_assinado.pdf</t>
   </si>
   <si>
     <t>Um projeto de lei ou encaminhamento junto ao executivo municipal que vise o reajuste salarial dos profissionais de limpeza urbana – os garis.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>A presente indicação tem como finalidade auxiliar os produtores rurais na adequação ás exigências legais  necessárias para comercialização de seus produtos junto aos órgãos públicos das esferas municipal, estadual e federal, bem como ao setor privado.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_bairro_dnit_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_bairro_dnit_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a revitalização das seguintes vias públicas no bairro, Dnit Unidade local de Altamira. Que são:  R. Floriano Peixoto, R. Juscelino Kubitschek, Travessa Bahia.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2863/20.05.2025_indicacao_a_construcao_da_escola_cleidiane_de_sousa_araujo_no_travessao_da_firma_no_ituna_3_assurini.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2863/20.05.2025_indicacao_a_construcao_da_escola_cleidiane_de_sousa_araujo_no_travessao_da_firma_no_ituna_3_assurini.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo – DD. Prefeito Municipal de Altamira, que determine a construção da Escola Cleidiane De Sousa Araújo, no Travessão da Firma no Ituna 3, Assurini, pois a estrutura onde atualmente 80 alunos são atendidos não é adequada para esse fim, sendo um galpão pertencente a associação APRI.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2864/20.05.2024_ndicacaoacesso_03_e_04_e_travessa_deoclides_de_almeida_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2864/20.05.2024_ndicacaoacesso_03_e_04_e_travessa_deoclides_de_almeida_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, que determine a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade nas ruas Acesso 03, acesso 04 e a continuação da Travessa Deoclides De Almeida  interligando com acesso 04 com 55 Metros, todas no bairro Liberdade.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2865/20.05.2025_indicacao_reassentamento_monte_siao.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2865/20.05.2025_indicacao_reassentamento_monte_siao.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo – DD. Prefeito Municipal de Altamira, que determine, considerando o direito constitucional à moradia digna e segura, o reassentamento das famílias que atualmente residem em palafitas localizadas na Rua Monte Sião, no bairro Brasília. Sendo assim solicito também a Interligação da Rua Monte Sião à Rodovia Transamazônica (BR-230).</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_fitoterapico_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_fitoterapico_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, a reativação do programa de produção de medicamentos fitoterápicos, a base de plantas medicinais, fabricados pela secretaria de saúde, que por vários anos funcionou no laboratório do Centro de Apoio em Diagnósticos, e que tinham grande aceitação da população Altamirense, receitados/prescritos, pelos médicos da rede municipal de saúde, para diversos tratamentos de muitas enfermidades, cujos sintomas eram tratados com esses medicamentos naturais.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>Implantação de um Centro de Operações de Segurança Publica da Prefeitura Municipal de Altamira, que será responsável pelo controle e manutenção de um sistema integrado de monitoramento por câmeras de segurança.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_26.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_26.pdf</t>
   </si>
   <si>
     <t>O Vereador Dr. Rodrigo Carvalho indica ao Senhor Prefeito Municipal de Altamira, Pará, Dr. Loredan de Andrade Mello, para que,  providencie a instalação de bebedouros públicos em vias de grande circulação da população para práticas esportivas e de lazer, bem como nas áreas centrais de comércio da cidade, conforme se segue:_x000D_
 I – Orla da cidade de Altamira;_x000D_
 II – Rua 7 de Setembro, no centro comercial;_x000D_
 IV – Avenida Djalma Dutra.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2872/nucleo_multiprofissional.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2872/nucleo_multiprofissional.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira a criação de um Núcleo Multiprofissional no âmbito da Secretaria Municipal de Segurança Pública.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2873/mudanca_nome_de_rua_antonio_brito_3.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2873/mudanca_nome_de_rua_antonio_brito_3.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Altamira – PA, a sugestão de alteração do nome da Travessa 2(dois) localizada no bairro Mutirão, com início na transamazônica e termino na Rua Dom Erwin. Para se Chamar “Travessa Doutor Antônio Brito de Oliveira” em homenagem ao ex-Vereador, ex-Presidente da câmara municipal de altamira.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2874/reforma_do_letreiro_da_praia_do_massanori_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2874/reforma_do_letreiro_da_praia_do_massanori_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao_x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA solicitando que, por_x000D_
 meio da secretaria competente, seja realizada a reforma do letreiro da Praia do Massanori.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_d._e_cameras.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_d._e_cameras.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria competente realizar a aquisição de detectores de metal, como também câmeras de segurança para serem utilizadas em cada escola municipal.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>Silvano Fortunato, Enfermeiro Jaime</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_sudam_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_sudam_2.pdf</t>
   </si>
   <si>
     <t>Os vereadores que estas subscrevem sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria competente, realizar as ações de emissão de documentos em especial Registo Geral – RG primeira e segunda via, consultas médicas e odontológicas, serviços psicossociais, e demais atividades, no bairro Sudam 2.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_reforma_e_ampliacao_dos_banheiros_do_mercado_municipal_de_altamira_localizado_na_avenida_tancredo_neves_esquina_com_a_rua_pedro_gomes2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_reforma_e_ampliacao_dos_banheiros_do_mercado_municipal_de_altamira_localizado_na_avenida_tancredo_neves_esquina_com_a_rua_pedro_gomes2.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A construção de banheiro ao lado do ponto de moto taxi e carro de frete, e a reforma dos banheiros que se localiza dentro do mercado municipal, na Avenida Trancedo Neves, esquina com a rua Pedro Gomes.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_027.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_027.pdf</t>
   </si>
   <si>
     <t>O Vereador Dr Rodrigo Carvalho Indicação ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Estado do Pará, Dr. Loredan de Andrade Mello, para que, por intermédio das secretarias competentes, providencie a implantação de um ponto de embarque de ônibus no final da Avenida Djalma Dutra, a fim de atender à população local, próximo à Praça da Paz.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_assinada_-_merces_-_regularizacao_km_23.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_assinada_-_merces_-_regularizacao_km_23.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere a Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, Que sejam realizados estudos de viabilidade técnica para a legalização fundiária da Agrovila Vale Piauiense, situada no km 23 da Zona Rural de Altamira, Pará, por meio do Projeto Meu Chão, desenvolvido pela Prefeitura Municipal de Altamira.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_mutirao_ortopedia.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_mutirao_ortopedia.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Saúde, que seja realizado um mutirão de atendimento em ortopedia, com foco específico em pacientes que estão com laudos médicos atrasados ou que necessitam de laudo ortopédico para dar entrada ou continuidade em processos de perícia médica e aposentadoria.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2889/reforma_das_escolas_rilza_maria2c_maria_de_matias_e_arthur_teixeira_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2889/reforma_das_escolas_rilza_maria2c_maria_de_matias_e_arthur_teixeira_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente apresentar a seguinte indicação, solicitando que seja encaminhado expediente ao_x000D_
 PODER EXECUTIVO MUNICIPAL, para que realize, por meio da secretaria competente, a_x000D_
 reforma completa das seguintes unidades de ensino da rede municipal:_x000D_
 • Escola Professora Rilza Maria de Moura Acácio_x000D_
 • Escola Municipal de Ensino Fundamental Arthur Teixeira</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_30-2025_-___placas_de_sinalizacao_turistica__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_30-2025_-___placas_de_sinalizacao_turistica__.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, implantar um sistema padronizado de sinalização turística em todo o território do município de Altamira, com placas informativas, direcionais e interpretativas nos principais atrativos turísticos, naturais, históricos e culturais.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_trav_esperancinha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_trav_esperancinha.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da secretaria competente, que seja realizada a construção de uma nova ponte no Travessão Esperancinha, após a localidade conhecida como "Quatro Bocas", na região do Assurini.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2892/indicacao_31-2025_-___requalificacao_rotatorias_______.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2892/indicacao_31-2025_-___requalificacao_rotatorias_______.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a requalificação e paisagismo das rotatórias localizadas nas principais vias urbanas da cidade de Altamira, em especial aquelas situadas nas avenidas Tancredo Neves com João Rodrigues, Alacid Nunes com João Rodrigues, Jader Barbalho com João Rodrigues, Pedro Gomes com Jader Barbalho, Pedro Gomes com Alacid Nunes.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>Solicito que INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello - Prefeito Municipal, por meio da secretaria competente, realizar estudos com vistas implantação de uma ´´área de espera´´ ou faixa preferencial de parada para motocicletas á frente dos veículos nos cruzamentos com semáforo, nas vias de maior fluxo do município, tais como; Semáforo 1 Av. Djalma Dutra com Trav. Pedro Gomes, Semáforo 2 Rua 7 de Setembro com Trav. Comandante Castilho, Semáforo 3 Av. João Coelho com Rua Padre Antônio Vieira.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_victor_conde.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_victor_conde.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, INDICA ao Excelentíssimo Senhor Prefeito Municipal de Altamira, a implantação da primeira Academia Pública Municipal na orla do cais da cidade de Altamira.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2895/camscanner_26-05-2025_11.01.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2895/camscanner_26-05-2025_11.01.pdf</t>
   </si>
   <si>
     <t>Indicação de iniciativa do vereador Tercio Brito, sugere ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretária competente, implantar faixas de pedestre, 03 redutores de velocidade (quebra-molas) e placas de sinalização da faixa e redutores, na Rua da concórdia, localizada no Bairro Aparecida.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2896/camscanner_26-05-2025_11.39.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2896/camscanner_26-05-2025_11.39.pdf</t>
   </si>
   <si>
     <t>Indicação de iniciativa da vereadora Enfermeira Wilha, sugere ao Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretária Competente, que seja realizado o nivelamento e a preparação do solo com Patrol, no Travessão da Terra Preta, após o Travessão das tecas , na região do Transassurini, município de Altamira.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_32-2025_-___reforma_moveis_escolares__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_32-2025_-___reforma_moveis_escolares__.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a adoção de providências necessárias para a reforma de móveis escolares (mesas e cadeiras) que se encontram abandonados, mas com estrutura ainda firme, com o objetivo de reaproveitá-los, especialmente nas escolas da zona rural que enfrentam carência desses equipamentos.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_29-2025_-___espaco_artesanato_indigena__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_29-2025_-___espaco_artesanato_indigena__.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas a ampliação e readequação da Casa de Artesanato localizada na Orla do Cais, com o objetivo de garantir espaço para que artesãos locais e representantes dos povos indígenas possam, conjuntamente, expor e comercializar seus produtos de forma digna, organizada e valorizada.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_33-2025_-___estande_semtur_aeroporto___.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_33-2025_-___estande_semtur_aeroporto___.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a criação e instalação de um estande permanente de atendimento turístico no saguão do Aeroporto de Altamira/PA, com estrutura voltada à orientação dos turistas e visitantes, tais como, informações atualizadas sobre os principais pontos turísticos da cidade, rotas culturais e ecológicas, opções de hospedagem, restaurantes, guias locais, transporte e calendário de eventos.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>Indico á Mesa Diretora ouvido o Augusto e Soberano Plenário, na forma regimental, oficie -se ao excelentíssimo senhor PREFEITO DE ALTAMIRA, Dr. LOREDAN ANDRADE DE MELLO, no sentido de solicitar a implantação de redutores de velocidade e faixas elevadas para a travessia de pedestres em frente ás escolas de rede publica municipal de Altamira, especialmente nos pontos de maior fluxo de veículos e de estudantes.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>Indico á Mesa Diretoria ouvido o Augusto e Soberano Plenário, na forma regimental, oficie -se ao excelentíssimo senhor PREFEITO DE ALTAMIRA, Dr. LOREDAN ANDRADE DE MELLO, no sentindo de solicitar a construção de uma quadra poliesportiva com iluminação e cobertura no bairro São Domingos.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>Indico á Mesa Diretoria ouvido o Augusto e Soberano Plenário, na forma regimental, oficie -se ao excelentíssimo senhor PREFEITO DE ALTMAMITRA, Dr. LOREDAN ANDRADE DE MELLO, no sentido de solicitar a instalação de rede de internet na Escola Municipal Alteir Mardegan, situada no Travessão da Firma, zona rural de Altamira.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2903/27.05.2025_indicacao_bairro_airton_ii_princ.dayanaprinc_isabel_etc..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2903/27.05.2025_indicacao_bairro_airton_ii_princ.dayanaprinc_isabel_etc..pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Mello – DD. Prefeito Municipal de Altamira, no sentido de determinar, a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no  loteamento Airton Senna II no bairro liberdade, nas ruas: Princesa Dayana com extensão 190 M, Princesa Isabel com extensão de 190 M, Rui Barbosa com extensão 220 M, Rosa Borges Umbuzeiro com extensão 230 M, e Alameda Nilza Barbosa com extensão 180 M. Totalizando 1.010 Metros, conforme mapa em anexo.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2904/27.05.2025_indicacao_bairro_airton_ii_presidente_lula_etc....pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2904/27.05.2025_indicacao_bairro_airton_ii_presidente_lula_etc....pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Mello – DD. Prefeito Municipal de Altamira, no sentido de determinar, a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no  loteamento Airton Senna II no bairro liberdade, nas ruas Presidente Lula com extensão 610 M, Abílio Pereira Leão com extensão de 290 M, Viviane leão com extensão 290 M, Francisco Barbosa com extensão 290 M e Rua Francisco Nunes Bezerra com extensão 290 M. Totalizando 1.770 Metros, conforme mapa em anexo.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2905/27.05.2025_ndicacao_travessao_das_mangueiras_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2905/27.05.2025_ndicacao_travessao_das_mangueiras_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar, os serviços de reabertura, elevação de aterros, implantação de bueiros, empiçaramento, e terraplanagem nos seguintes locais: Travessão das mangueiras, Ramal Pedra Branca, Ramal do Lico, Ramal da Água Limpa e Ramal dos Mané, Todos no assurini.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_hortas_escolares_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_hortas_escolares_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, implantar Hortas nas Escolas da Rede Municipal de Ensino da zona rural.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2909/terraplanagem_e_recuperacao_das_pontes_no_ramal_cocal_dois_e_no_travessao_do_giboiao_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2909/terraplanagem_e_recuperacao_das_pontes_no_ramal_cocal_dois_e_no_travessao_do_giboiao_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente apresentar a seguinte indicação, solicitando que seja encaminhado expediente ao_x000D_
 PODER EXECUTIVO MUNICIPAL que, por meio secretaria competente, realize a execução dos_x000D_
 serviços de terraplanagem e recuperação das pontes situadas no Ramal Cocal Dois e no Travessão do_x000D_
 Giboião, ambos localizados na gleba Assurini.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2910/contrucao_de_praca_nos_bairros_bela_vista_e_paixao_de_cristo_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2910/contrucao_de_praca_nos_bairros_bela_vista_e_paixao_de_cristo_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente apresentar a seguinte indicação, solicitando que seja encaminhado expediente ao_x000D_
 PODER EXECUTIVO MUNICIPAL que, por meio secretaria competente, realize a construção de_x000D_
 praça pública equipada com quadra poliesportiva e academia ao ar livre nos bairros Bela Vista e_x000D_
 Paixão de Cristo.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2914/indicacao_ampliacao_e_reforma_da_praca_s._joaquim_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2914/indicacao_ampliacao_e_reforma_da_praca_s._joaquim_assinado.pdf</t>
   </si>
   <si>
     <t>Que sejam adotadas as providências necessárias para_x000D_
 ampliação e reforma da pracinha localizada no bairro São Joaquim.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_cinema_nos_bairros_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_cinema_nos_bairros_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja prestado apoio e estude a viabilidade de_x000D_
 implantar o projeto "Cinema nos Bairros", levando sessões itinerantes de_x000D_
 cinema para as comunidades da cidade, especialmente em regiões periféricas e_x000D_
 com menor acesso a atividades culturais. - Bairro Paixão de Cristo.- Bairro Mutirão.- Bairro Santa Benedita.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_criacao_de_um_campo_de_f._assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_criacao_de_um_campo_de_f._assinado.pdf</t>
   </si>
   <si>
     <t>Que seja estudada a viabilidade de construção de um campo de futebol ou espaço esportivo comunitário no bairro Aparecida, na rua_x000D_
 Abel Figueiredo (Situada atrás do supermercado Bahia) voltado especialmente_x000D_
 para o uso de crianças e adolescentes da comunidade.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_gcm.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_gcm.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria competente que providencie e enviem imediatamente a esta Casa projeto de lei, para aprovação em regime de urgência, urgentíssima a mudança da nomenclatura de Guarda Civil Municipal, para Polícia Municipal. Considerando a aprovação da PEC 37, que trata da inclusão da Guardas Municipais e Agentes de Trânsito, no Caput do art. 144, aprovada por unanimidade no Senado. Considerando que há previsão de liberação de recursos, em caso de mudança de nomenclatura. Considerando que há estudos em curso.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_ilha_do_chicote_transporte.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_ilha_do_chicote_transporte.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria competente, realize a contratação de uma voadeira de emergência equipada para transporte de pacientes, contratação de um piloto capacitado com os equipamentos necessários transporte de pacientes tanto para a cidade quanto das ilhas e travessões vizinhos até a unidade na comunidade ribeirinha Ilha do Chicote.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2920/itbi_santa_benedita_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2920/itbi_santa_benedita_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao_x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que adote as_x000D_
 providências administrativas e jurídicas necessárias para conceder isenção da cobrança do Imposto de Transmissão de Bens Imóveis (ITBI) às famílias residentes no Conjunto Habitacional Santa Benedita que já quitaram integralmente seus contratos junto à Caixa Econômica Federal, possibilitando assim a obtenção do título definitivo de suas residências.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_rotatoria_av._bom_jesus.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_rotatoria_av._bom_jesus.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita a retirada do semáforo e a implantação de uma rotatória no cruzamento da Avenida Bom Jesus com a Rodovia Transamazônica(BR-230), no bairro Mutirão, município de Altamira-PA</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_r._santarem_1.docx</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_r._santarem_1.docx</t>
   </si>
   <si>
     <t>indique a PMA,  A Solicitação de Pavimentação, Meio-Fio, Sarjetas e Iluminação Pública na Rua Santarém–Bairro Independente I.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2925/patrol_ou_recap.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2925/patrol_ou_recap.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Obras e Infraestrutura, que seja realizado o recapeamento asfáltico ou, alternativamente, a passagem de máquinas niveladoras na Rua São Paulo, Bairro Nova Altamira..</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2926/dispensa_patrol.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2926/dispensa_patrol.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Rural e Infraestrutura, que seja realizado o nivelamento e a passagem de máquinas (Patrol) no Travessão do Dispensa 1, zona rural de Altamira.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_28.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_28.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho que esta subscreve, no uso de suas atribuições_x000D_
 regimentais, sugere à Mesa Diretora, após ouvido o soberano Plenário, que seja_x000D_
 encaminhada Indicação ao Excelentíssimo Senhor Prefeito Municipal de_x000D_
 Altamira, Estado do Pará, Dr. Loredan de Andrade Mello, para que, por_x000D_
 intermédio das secretarias competentes, implemente sinalização visível e_x000D_
 padronizada nas paradas de transporte público coletivo, especialmente no_x000D_
 bairro Brasília.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2928/indicacao_ciclovia_e_area_de_estacionamento_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2928/indicacao_ciclovia_e_area_de_estacionamento_2.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A implantação de uma ciclovia e de uma área de estacionamento de veículos no Parque Igarapé Altamira.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_assinada_-_merces_-_asfalto_ruas_airton_sena_i.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_assinada_-_merces_-_asfalto_ruas_airton_sena_i.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de Pavimentação asfáltica ou bloqueteamento com infraestrutura, calçamento, linha d’água e esgotamento sanitário das alamedas: Ribamar Acácio, Eliene Raquel, Erick Márcio, e rua Honório Silva do Bairro Airton Sena I.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_assinada_-_merces_-_reforma_e_ampliacao_emef_itapuama.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_assinada_-_merces_-_reforma_e_ampliacao_emef_itapuama.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Educação – SEMED, sejam adotadas providências quanto à reforma e ampliação da EMEF Itapuama, situada na Comunidade Itapuama, Estrada do Assurini, Zona Rural, Altamira Pará.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_assinada_-_merces_-_reforma_e_ampliacao_barracao_itapuama.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_assinada_-_merces_-_reforma_e_ampliacao_barracao_itapuama.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria competente, sejam adotadas providências quanto à reforma do Barracão da Comunidade Itapuama, situado na Comunidade Itapuama, Estrada do Assurini, Zona Rural, Altamira – Pará._x000D_
 A necessidade principal recai sobre a reforma do piso, pintura geral do espaço, além de reparos diversos que se fazem urgentes, tendo em vista o atual estado de conservação da estrutura.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2933/indicacao_mutirao_fisioterapia.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2933/indicacao_mutirao_fisioterapia.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Saúde, que seja realizado um mutirão de atendimentos em fisioterapia para pacientes que aguardam avaliação ou tratamento fisioterapêutico, especialmente aqueles com diagnósticos de sequelas de AVC, dores crônicas, limitações motoras ou em processo de reabilitação pós-cirúrgica.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2936/indicacao_b._bacana_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2936/indicacao_b._bacana_assinado.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados, os serviços de terraplanagem e um mutirão de limpeza no Bairro Bacana.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2937/republica_federativa_do_brasil_-_estado_do_para_4.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2937/republica_federativa_do_brasil_-_estado_do_para_4.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, o retorno da Copa das Estrelas de Futsal de Altamira, que acontecia no Ginásio do Bairro de Brasília e que seja homenageado o nome desta Copa de Bira Contabilidade.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_36-2025_-___realocacao_ambulantes_cais__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_36-2025_-___realocacao_ambulantes_cais__.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a realização de um plano de realocação, ordenamento e regularização dos vendedores ambulantes e estruturas recreativas (como pula-pulas, infláveis, brinquedos e similares) que atuam de forma irregular na orla do cais da cidade.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacao_mulheres_e_juventude.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacao_mulheres_e_juventude.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, encaminhar a Câmara Municipal de Altamira, um Projeto de Lei, criando a Secretaria Especial de Políticas para as Mulheres e Juventude.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2941/indicacao_assinada_-_merces_-_instalacao_de_iluminacao_publica_ramal_das_chacaras.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2941/indicacao_assinada_-_merces_-_instalacao_de_iluminacao_publica_ramal_das_chacaras.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria competente, sejam adotadas providências quanto à instalação de Iluminação pública no Ramal das Chácaras, localizado entre os Loteamentos Viana e São Francisco, na zona urbana em expansão do município de Altamira – PA.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2943/ciclofaixa_acesso_ii_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2943/ciclofaixa_acesso_ii_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem _x000D_
 respeitosamente apresentar a seguinte indicação, solicitando que seja encaminhado expediente ao _x000D_
 PODER EXECUTIVO MUNICIPAL que, por meio da secretaria competente, realize a implantação _x000D_
 de uma ciclofaixa na via Acesso II, visando à segurança, à mobilidade e ao incentivo ao uso de meios _x000D_
 de transporte alternativos e sustentáveis.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2946/ramal_fern.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2946/ramal_fern.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Infraestrutura, que seja realizada a construção ou reforma de duas pontes no Ramal do Fernandão, localizado no Dispensa 1, na região do Assurini.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_pmae.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_pmae.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, através da Secretaria Municipal de Saúde, providencie a adesão ao Programa Mais Acesso a Especialistas – PMAE, também chamado de Programa Nacional de Expansão e Qualificação de Atenção Ambulatorial Especializada.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_rua_paje20250605_08413444.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_rua_paje20250605_08413444.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Recuperação Asfáltica com Implantação de Meio-fio e Linha d’água da Rua do Pajé, Rua Seringal, localizada no bairro jardim independente II.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2949/solicitacao_de_projeto_de_lei_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2949/solicitacao_de_projeto_de_lei_1.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Solicitação de Projeto de Lei sobre as Zonas de Circulação e os Serviços de Carga e Descarga o Âmbito Municipal</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2950/indicacao_urbana.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2950/indicacao_urbana.pdf</t>
   </si>
   <si>
     <t>indique a PMA,  Sugestões relativas à Lei Municipal nº 3.459, de 13 de outubro de 2023, e à elaboração do Plano Municipal de Mobilidade Urbana</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2951/indicacao_c._medico_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2951/indicacao_c._medico_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito a realização de um comando médico no bairro Mexicano, com o objetivo de promover atendimentos médicos e serviços básicos de saúde à população local.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2952/apoio_jiu-jitsu_e_kockiboxing_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2952/apoio_jiu-jitsu_e_kockiboxing_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao _x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por meio da _x000D_
 Secretaria Municipal de Esporte e Lazer, ofereça apoio institucional e logístico ao Campeonato _x000D_
 Paraense de Jiu-Jitsu e Kickboxing, reconhecendo oficialmente o evento como parte das ações _x000D_
 esportivas fomentadas pelo Município.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2953/01.11_indicacao__ayrton_senna_i_salomao__com_extensao_195_m_deidieli_com_extensao_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2953/01.11_indicacao__ayrton_senna_i_salomao__com_extensao_195_m_deidieli_com_extensao_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente, a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no loteamento Airton Senna I, bairro da liberdade, nas Alamedas: Salomão  com extensão 195 M, Deidieli com extensão de 290 M, Wallerson Castro com extensão 326 M, Anna Herenio com extensão 356 M, Castro Herenio com extensão 390 M. Totalizando 1.557  M conforme mapa em anexo.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2954/01.11_indicacao__ayrton_senna_i_alameda__odileida_sampaio_joao_do_biscoito.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2954/01.11_indicacao__ayrton_senna_i_alameda__odileida_sampaio_joao_do_biscoito.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar , a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no loteamento Airton Senna I, bairro da liberdade, nas ruas: Odileida Sampaio  com extensão 200 M, João do Biscoito com extensão de 254 M, Irmã Serafina com extensão 252 M, Joselma Thie com extensão 252 M, e Alameda Zenaide com extensão 724 M. Totalizando 1.682 M conforme mapa em anexo.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2955/limpeza_dos_terrenos_baldios.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2955/limpeza_dos_terrenos_baldios.pdf</t>
   </si>
   <si>
     <t>indicar ao Excelentíssimo Senhor Prefeito Municipal de Altamira, que sejam tomadas as providências cabíveis para fazer cumprir, efetivamente, a Lei Municipal nº 2.184/2011, que dispõe sobre a limpeza de terrenos baldios no município e estabelece medidas para garantir a manutenção da higiene e segurança urbana.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2956/01.11_indicacao__ayrton_senna_i_alamedawenderson_castro__com_extensao_435_m_agostinho_gomes_com_extensao_de_578_m_jose_batista_com_extensao_560_m_osvaldina__com_extensao_520_m_aurea_com.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2956/01.11_indicacao__ayrton_senna_i_alamedawenderson_castro__com_extensao_435_m_agostinho_gomes_com_extensao_de_578_m_jose_batista_com_extensao_560_m_osvaldina__com_extensao_520_m_aurea_com.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente, a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no loteamento Airton Senna I, bairro da liberdade, nas Alamedas: Wenderson Castro  com extensão 435 M, Agostinho Gomes com extensão de 578 M, José Batista com extensão 560 M, Osvaldina  com extensão 520 M, Aurea com extensão 468 M. Totalizando 2.561  M conforme mapa em anexo.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_calcadas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_calcadas.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar dentro das normas legais de trânsito, o rebaixamento da calçada em frente a escola municipal do bairro Colina, visando melhorar o espaço de estacionamento e com isto facilitar o fluxo de veículos e transeuntes.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_-_merces_assinada_-_implantacao_e_construcao_do_posto_de_saude_itapuama_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_-_merces_assinada_-_implantacao_e_construcao_do_posto_de_saude_itapuama_1.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria competente, implantação e construção do Posto de Saúde da Comunidade Itapuama, situado na Comunidade Itapuama, Estrada do Assurini, Zona Rural, Altamira – Pará.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2959/ultrassonografia_aos_sabados_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2959/ultrassonografia_aos_sabados_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao _x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por meio da _x000D_
 Secretaria Municipal de Saúde, retome a realização de mutirões de exames de ultrassonografia aos _x000D_
 sábados, ao menos duas vezes por mês, com o objetivo de ampliar o acesso da população trabalhadora _x000D_
 a esse serviço essencial de diagnóstico.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor PREFEITO DE ALTAMIRA, LOREDAN DE ANDRADE MELLO, que realize estudos a fim de que seja criada a Secretaria Municipal de Desenvolvimento Econômico, com a finalidade de planejar, coordenar, fomentar e excetuar políticas voltadas á promoção do empreendorismo, do investimento produtivo, da geração de empregos e da dinamização da economia local.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor PREFEITO DE ALTAMIRA, LOREDAN DE ANDRADE MELLO, que, por meio da Secretaria Municipal de Esporte e Lazer, promova a criação do Calendário Municipal de Competições Esportivas Comunitárias, com a realização de torneios anuais de futebol de campo, vôlei e atletismo em bairros urbanos e comunidades rurais do município.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2965/republica_federativa_do_brasil_-_estado_do_para_5.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2965/republica_federativa_do_brasil_-_estado_do_para_5.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que promova a implementação do Sistema Municipal de Cultura, que abrange a criação de Lei do Sistema Municipal e Cultural e seu CPF que é Conselho Municipal de Cultura, Plano Municipal de Cultura e Fundo Municipal de Cultura.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2966/republica_federativa_do_brasil_-_estado_do_para_3.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2966/republica_federativa_do_brasil_-_estado_do_para_3.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que promova a reabertura da UBS localizada no Bairro Aparecida.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2967/indicacao_assinada_-_merces_-_recapeamento_ruas_ind_1_junho.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2967/indicacao_assinada_-_merces_-_recapeamento_ruas_ind_1_junho.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, esgotamento sanitário e serviços de roço das  Ruas: Manoel Meneses,  Francisco Meireles, Isaac Benarroch, João Granfon e  Anfrísio Nunes do Bairro Jardim Independente I.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2969/trav_gorg_rita.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2969/trav_gorg_rita.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Infraestrutura, que seja realizada a terraplanagem e a passagem de máquinas (Patrol) no Travessão Gorgulho da Rita, que dá acesso ao lado direito da Agrovila Sol Nascente, na região do Assurini.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2970/indicacao_29.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2970/indicacao_29.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições regimentais, vem respeitosamente sugerir à Mesa Diretora, após ouvido o soberano Plenário, que seja encaminhada Indicação ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Estado do Pará, Dr. Loredan de Andrade Mello, para que, por meio das secretarias competentes, seja realizada a reforma do parquinho infantil na Praça da Independência, localizada no bairro Recreio, Campus Altamira- Universidade Federal do Pará - UFPA.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_30.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_30.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições_x000D_
 regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o_x000D_
 soberano Plenário, que seja encaminhada Indicação ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal de Altamira, Estado do Pará, Dr. Loredan de Andrade Mello,_x000D_
 para que, por intermédio da Secretaria Municipal de Trânsito e Transportes ou_x000D_
 órgão competente, seja providenciada a instalação de sinalização viária adequada_x000D_
 nos seguintes cruzamentos do bairro São Domingos:_x000D_
  Travessa Duque de Caxias com a Rua Santos Dumont;_x000D_
  Travessa Presidente Dutra com a Rua Fernando Henrique;_x000D_
  Avenida Castelo Branco com a Rua Edla Vieira.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2974/republica_federativa_do_brasil_-_estado_do_para_8.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2974/republica_federativa_do_brasil_-_estado_do_para_8.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, que promova a reabertura da UBS localizada no Bairro Jardim independente II.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2975/republica_federativa_do_brasil_-_estado_do_para_4.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2975/republica_federativa_do_brasil_-_estado_do_para_4.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, realizar bloqueteamento, com linha d’agua, nas ruas WE7, PROFESSORA BELIZA DE CASTRO E VEREADOR RAIMUNDO ALVES localizadas no Bairro Jardim Independente II.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2976/republica_federativa_do_brasil_-_estado_do_para_7.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2976/republica_federativa_do_brasil_-_estado_do_para_7.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a realização dos serviços de revitalização da quadra poliesportiva, localizada na rua Jose Umbelino de Oliveira, assim também como a compra das traves e tablados de basquete e suas respectivas redes.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_ubs_monte_santo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_ubs_monte_santo.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar a construção da Unidade Básica de Saúde – UBS – na comunidade Monte Santo.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2979/1_reativacao_do_centro_de_atendimento_a_dependentes_quimicos__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2979/1_reativacao_do_centro_de_atendimento_a_dependentes_quimicos__assinado.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais,_x000D_
 indicam ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por_x000D_
 meio das secretarias competentes, especialmente a Secretaria Municipal de Saúde e a Secretaria de_x000D_
 Assistência e Promoção Social, sejam realizados estudos técnicos e orçamentários com vistas à possível_x000D_
 reativação do Centro de Atendimento a Dependentes Químicos situado no Ramal do Paiol, na Gleba Assurini.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2980/10.06.2025__indicacao_rua_presidente_figueiredo_com_extensao__de_258_m_pref.o_umbirajara_umbuzeiro_com_extensao_de_658.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2980/10.06.2025__indicacao_rua_presidente_figueiredo_com_extensao__de_258_m_pref.o_umbirajara_umbuzeiro_com_extensao_de_658.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar, a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no loteamento Airton Senna II, bairro da liberdade, nas ruas: Presidente Figueiredo com extensão  de 258 M, Pref.º Umbirajara Umbuzeiro com extensão de 658 M, Um com extensão de 550 M, Dois com extensão 118 M e Rua Três com extensão de 118 M. Totalizando 1.702 Metros, conforme o mapa em anexo.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2981/10.06.2025_ndicacao_travessao.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2981/10.06.2025_ndicacao_travessao.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar, os serviços de reabertura, elevação de aterros, implantação de bueiros, empiçaramento, e terraplanagem nos seguintes locais: Ramal do Pimentel, Ramal da Helena, Ramal São Francisco, Ramal da Preenchida. Todos no Assurini.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2982/1_pintura_completa_e_a_revisao_e_modernizacao_das_instalacoes_eletricas_da_emeif_florencio_filho_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2982/1_pintura_completa_e_a_revisao_e_modernizacao_das_instalacoes_eletricas_da_emeif_florencio_filho_assinado.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais,_x000D_
 indicam ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por_x000D_
 meio da secretaria competente, sejam adotadas as providências necessárias para a pintura completa e a_x000D_
 revisão e modernização das instalações elétricas da EMEIF Florêncio Filho, situada no RUC Jatobá.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2983/1_programa_prefeitura_no_bairro_a_gestao_chegou_casa_nova_e_sao_joaqui_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2983/1_programa_prefeitura_no_bairro_a_gestao_chegou_casa_nova_e_sao_joaqui_assinado.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais,_x000D_
 indicam ao EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que_x000D_
 sejam contemplados os bairros Casa Nova e São Joaquim com o Programa Prefeitura no Bairro: A_x000D_
 Gestão Chegou, levando à população dessas comunidades ações diretas da Administração Municipal,_x000D_
 como serviços de infraestrutura, saúde, assistência social, educação, meio ambiente, cidadania e regularização fundiária.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2984/solicitacao_de_reforma.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2984/solicitacao_de_reforma.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Solicitação de Reforma da Rampa de Pescadores do Porto dos Carroceiros, localizada na rodovia ernesto aciole.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_b._mexicano_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_b._mexicano_assinado.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados, os serviços de terraplanagem e_x000D_
 limpeza no Bairro Mexicano, nas seguintes vias públicas.• Rua Principal Ananias Correia• Rua Das Neves• Travessa Israel</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_b.viena_assinado_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_b.viena_assinado_1.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados com urgência serviço de tapa-buracos e limpeza nas vias públicas do Bairro Viena. • Rua dos Flamboyants• Rua das Petúnias_x000D_
 • Rua das Alpinas_x000D_
 • Rua dos Alecrins</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_37-2025_-___chafariz_cais_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_37-2025_-___chafariz_cais_.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas a construção de um chafariz na orla do cais da cidade.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2990/indicacao_38-2025_-___limpeza_orla_margens_do_rio__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2990/indicacao_38-2025_-___limpeza_orla_margens_do_rio__.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas a execução de serviços de limpeza e retirada de lixo acumulado, bem como a supressão vegetal (retirada de mato excessivo) nas margens do Rio Xingu, no trecho correspondente à orla do cais da cidade.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_-_merces_assinada_-_recapeamento_ruas_jd_ind_i_e_jd_uirapuru.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_-_merces_assinada_-_recapeamento_ruas_jd_ind_i_e_jd_uirapuru.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, esgotamento sanitário e serviços de roço das  Ruas: Assad Cury e Alameda Padre João do Bairro Jardim Independente I e Travessa Minas Gerais do Bairro Jardim Uirapuru.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_assianada_-_merces_-_programa_municipal_de_educacao_pela_paz.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_assianada_-_merces_-_programa_municipal_de_educacao_pela_paz.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria competente, estudar a possibilidade de envio à Câmara Municipal, após elaboração de estudo de viabilidade técnica, financeira e jurídica (pela Prefeitura Municipal), proposta de Projeto de Lei, com a finalidade de criar e regulamentar no município o Programa Municipal de Educação pela Paz e Boa Convivência nas Escolas Municipais de Altamira, conforme minuta anexa.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_internet_gratuita_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_internet_gratuita_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, que através da Secretaria competente, que realize a instalação de rede de internet gratuita nas praças públicas do município de Altamira.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_creche_raymundo_marques.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_creche_raymundo_marques.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar a cobertura da área do parque da creche Pastor Raymundo Marques Marinho.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_ramal_caixa_dagua.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_ramal_caixa_dagua.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico _x000D_
 ao Excelentíssimo Senhor Dr. Loredan Mello – _x000D_
 Prefeito Municipal de Altamira, por meio da _x000D_
 Secretaria _x000D_
 Municipal de Obras, Viação e _x000D_
 Infraestrutura, que seja implantada rede de _x000D_
 iluminação pública ao longo do Ramal da Caixa _x000D_
 d’Água, local cujos moradores _x000D_
 já pagam taxa de iluminação, mas ainda não dispõem _x000D_
 de postes ou luminárias.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_ponte.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_ponte.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico _x000D_
 ao Excelentíssimo Senhor Dr. Loredan Mello – _x000D_
 Prefeito Municipal de Altamira, por meio da _x000D_
 Secretaria _x000D_
 Municipal de Obras, Viação e _x000D_
 Infraestrutura, que seja realizada a reforma ou _x000D_
 construção de uma ponte no asfalto, nas _x000D_
 proximidades da residência do Sr. Domingos, no _x000D_
 sentido 4 Bocas, região do Assurini..</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2999/indicacao_ponte_tv_pimentel.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2999/indicacao_ponte_tv_pimentel.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico _x000D_
 ao Excelentíssimo Senhor Dr. Loredan Mello – _x000D_
 Prefeito Municipal de Altamira, por meio da _x000D_
 Secretaria _x000D_
 Municipal de Obras, Viação e _x000D_
 Infraestrutura, que sejam reformadas ou construídas _x000D_
 duas pontes no Travessão do Pimentel, à beira-rio em _x000D_
 4 Bocas, região do Assurini.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3000/camscanner_13-06-2025_08.54.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3000/camscanner_13-06-2025_08.54.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o augusto e soberano Plenário, na forma Regimental, que INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello - Prefeito Municipal, através da Secretaria competente, que sejam tomadas as providências necessárias para colocação de placas de identificação com os nomes das vias públicas do Bairro Mexicano.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_495_enf_jaime.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_495_enf_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora ouvido o Augusto e Soberano Plenário, na forma regimental, oficie-se ao excelentíssimo senhor PREFEITO DE AL T AMIRA, LOREDAN ANDRADE DE MELLO, que, por meio da Secretaria Municipal de Educação, em parceria com a Secretaria de Agricultura, viabilize a implantação de telecentros comunitários com acesso à internet de alta velocidade e capacitação digital nas áreas rurais do município, como parte de um programa permanente de inclusão digital e fortalecimento da Educação do Campo.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacao_496_enf_jaime.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacao_496_enf_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora ouvido o Augusto e Soberano Plenário, na forma regimental, oficie-se ao excelentíssimo senhor PREFEITO DE ALT AMIRA, LOREDAN ANDRADE DE MELLO, que por meio da Secretaria Municipal da Gestão do Meio Ambiente e da Secretaria de Obras, Viação e Infraestrutura, promova a criação e implementação do Programa Municipal de Coleta Seletiva e Logística Reversa, com abrangência urbana e rural, priorizando a gestão eficiente e sustentável dos resíduos sólidos no município.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3006/indicacao_497__enf_jaime.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3006/indicacao_497__enf_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora ouvido o Augusto e Soberano Plenário, na forma regimental, oficie-se ao excelentíssimo senhor PREFEITO DE AL T AMIRA, LOREDAN ANDRADE DE MELLO, que, por meio da Secretaria Municipal de Saúde, realize uma edição do Programa Saúde Itinerante na comunidade do Travessão das Baianas, localizada na zona rural do município.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_39-2025_-___requalificacao_rotatorias_2________.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_39-2025_-___requalificacao_rotatorias_2________.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas requalificação e paisagismo das rotatórias localizadas nas principais vias urbanas da cidade de Altamira, em especial aquelas situadas nas avenidas Tancredo Neves com Acesso Dois, Brigadeiro Eduardo Gomes com Acesso Dois, por final a Av. Via Oeste com Tancredo Neves e Av. João Paulo II (cruzamento triplo).</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3011/10.06.2025__indicacao_rua__valeria_goncalves.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3011/10.06.2025__indicacao_rua__valeria_goncalves.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar, a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no loteamento Airton Senna I, bairro da liberdade, nas ruas: Valeria Gonçalves com extensão  de 265 M, Vanessa Gonçalves com extensão de 265 M, Carolina com extensão de 140 M, e nas Alamedas Ubiratan Acácio com extensão 162 M e Luiz Francisco com extensão de 218 M. Totalizando 1.050 Metros, conforme o mapa em anexo.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3012/camscanner_17-06-2025_09.03.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3012/camscanner_17-06-2025_09.03.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a realização da construção de escadas para um melhor acesso à praia e ampliação das barracas e estacionamentos com sombra na Praia do Massanori.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3013/republica_federativa_do_brasil_-_estado_do_para_6.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3013/republica_federativa_do_brasil_-_estado_do_para_6.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, implantar redutores de velocidade (quebra-molas) e placas de sinalização, Rua José Umbelino de Oliveira, localizado no Bairro Independente II.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3014/republica_federativa_do_brasil_-_estado_do_para_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3014/republica_federativa_do_brasil_-_estado_do_para_1.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a realização da terraplanagem na rua Antônio Barbosa, no Bairro São Domingos.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3015/indicacao_c.p_onibus__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3015/indicacao_c.p_onibus__assinado.pdf</t>
   </si>
   <si>
     <t>Seja realizada a construção de 3 (três) paradas de ônibus no bairro_x000D_
 RUC Casa Nova._x000D_
 •Rua Cacau_x000D_
 •Rua Abacate_x000D_
 •Rua R.L</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3016/16.06.2025_indicacao_ubs_santa_ana.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3016/16.06.2025_indicacao_ubs_santa_ana.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a reforma e ampliação da UBS (unidade básica de saúde) no loteamento Santa Ana no completo nova Brasília II liberdade.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_assinada_-_merces_-_casamento_comunitario_lei_3480_23.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_assinada_-_merces_-_casamento_comunitario_lei_3480_23.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria competente, fazer cumprir o que determina a lei 3.480/2023 que Dispõe Sobre a Criação do Casamento Comunitário no Município de Altamira e da outras providências.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_maycon_pontes1_edit.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_maycon_pontes1_edit.pdf</t>
   </si>
   <si>
     <t>Que seja realizado com urgência uma operação tapa-buracos nas seguintes vias:_x000D_
 _x000D_
 ● Rua 01 – Bairro Bonanza_x000D_
 ● Rua Alberto Bastazini – Bairro Bonanza</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_assinada_-_merces_-_implantacao_e_construcao_posto_de_saude_travessao_da_nove.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_assinada_-_merces_-_implantacao_e_construcao_posto_de_saude_travessao_da_nove.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria competente, implantação e construção do Posto de Saúde no Travessão da Nove, Sentido Altamira Brasil Novo, Zona Rural, Altamira – Pará.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_internet_gratuita.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_internet_gratuita.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, que através da Secretaria competente, realize a instalação de rede de internet gratuita nos prédios públicos, como UBS, Hospital Geral, UPA, dentre outros.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3021/16.06.2025__indicacao_rua_sao_francisco.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3021/16.06.2025__indicacao_rua_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar, a pavimentação asfáltica, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no bairro São Francisco nas ruas: SF-11 com extensão de 140 M, SF-12 com extensão de 77 M e SF-13 com extensão de 100 M. Totalizando 317 Metros, conforme o mapa em anexo</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3022/16.06.2025__indicacao_rua_ayrton_senna_i_e_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3022/16.06.2025__indicacao_rua_ayrton_senna_i_e_ii.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar, a pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade no Airton Senna II, bairro da liberdade, nas ruas: Mandaguari  com extensão  de 270 M e rua Hostenfield com extensão de 202 M, e nas ruas Do loteamento Ayrton Senna I, topografo Clovis com extensão  116 M e nas Alamedas Nunes com extensão de 223 M e Moisés  Reis com extensão 173 M. Totalizando 984 Metros, conforme o mapa em anexo.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3023/ciclofaixa_das_avenidas_tancredo_neves2c_jader_barbalho_e_alacid_nunes._assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3023/ciclofaixa_das_avenidas_tancredo_neves2c_jader_barbalho_e_alacid_nunes._assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao_x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por meio da_x000D_
 Secretaria Municipal de Obras, Viação e Infraestrutura, promova a reforma completa da ciclofaixa das_x000D_
 Avenidas Tancredo Neves, Jader Barbalho e Alacid Nunes.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3024/reforma_da_escola_municipal_carlos_soares_e_da_quadra_poliesportiva_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3024/reforma_da_escola_municipal_carlos_soares_e_da_quadra_poliesportiva_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao_x000D_
 EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE ALTAMIRA que, por meio da_x000D_
 Secretaria competente, sejam realizados os serviços de reforma da Escola Municipal Carlos Soares e_x000D_
 da quadra poliesportiva, incluindo melhorias voltadas à acessibilidade.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_terraplangem_travessao_espanhol_e_jabuti.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_terraplangem_travessao_espanhol_e_jabuti.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, possa realizar o serviço de terraplanagem no travessão do Espanhol e travessão do Jabuti no Assurini.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3026/indicacao_reforma_escola_comunidade__travessao_jabuti.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3026/indicacao_reforma_escola_comunidade__travessao_jabuti.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar o serviço da reforma da escola ribeirinha Paulo Freire no travessão do Jabuti no Assurini.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3027/indicacao_b._quadra_poliesportiva_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3027/indicacao_b._quadra_poliesportiva_assinado.pdf</t>
   </si>
   <si>
     <t>A  construção de uma quadra de esportes no Bairro Bonanza.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3028/indicacao_odonto_pediatra.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3028/indicacao_odonto_pediatra.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, a criação de um programa de atendimento odontológico especializado para as crianças e adolescentes acompanhados pelo Centro de Atenção Psicossocial Infantojuvenil (CAPSi) de Altamira – PA.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3029/solicitacao_de_construcao_de_um_porto.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3029/solicitacao_de_construcao_de_um_porto.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, A Solicitação de construção de um Porto na margem do Assurini, bem como a implantação de infraestrutura de apoio a travessia Altamira-Assurini</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_medico_peneumologista.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_medico_peneumologista.pdf</t>
   </si>
   <si>
     <t>Indico, na forma regimental, com envio de cópia ao Excelentíssimo Senhor Prefeito Municipal de Altamira – PA, bem como o Ilustríssimo Senhor Secretário Municipal de Saúde, que seja providenciada a contratação de um médico especialista em pneumologia para atender a população local.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3031/insalubridade_rocadores_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3031/insalubridade_rocadores_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente apresentar a seguinte indicação, solicitando que seja encaminhado expediente ao_x000D_
 PODER EXECUTIVO MUNICIPAL que, por meio da secretaria competente, seja realizado estudo_x000D_
 de viabilidade técnica, jurídica e financeira visando à extensão da gratificação de insalubridade aos_x000D_
 servidores públicos municipais que desempenham suas atividades como roçadores.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3032/camscanner_18-06-2025_09.29.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3032/camscanner_18-06-2025_09.29.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora ouvido o Augusto e Soberano Plenário, na forma regimental, oficie-se ao excelentíssimo senhor PREFEITO DE ALTAMIRA, LOREDAN ANDRADE DE MELLO, que, por meio da Secretária Municipal de Saúde, institua um Programa Permanente de Vacinação domiciliar para pessoas idosas e acamadas residentes no município de Altamira.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3033/recuperacao_asfaltica_com_implantacao_de.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3033/recuperacao_asfaltica_com_implantacao_de.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, A Recuperação Asfáltica com Implantação de Meio-fio e Linha d’água da  Rua Passagem 6, Passagem 11 , Raimunda lobato, localizada no Bairro Don lorenzo.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3035/camscanner_18-06-2025_09.32_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3035/camscanner_18-06-2025_09.32_1.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora ouvido o Augusto e Soberano Plenário, na forma regimental, oficie-se ao excelentíssimo senhor PREFEITO DE ALTAMIRA, LOREDAN ANDRADE DE MELLO, que, por meio da Secretaria Municipal de Educação e da Secretaria da Gestão do Meio Ambiente, crie e implemente um programa regular de conscientização ambiental e de educação para coleta seletiva de resíduos sólidos nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3036/camscanner_18-06-2025_13.07.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3036/camscanner_18-06-2025_13.07.pdf</t>
   </si>
   <si>
     <t>Indico ao excelentíssimo senhor PREFEITO DE ALTAMIRA, DR. LOREDAN ANDRADE DE MELLO, que determine à Secretaria Municipal de Obras, Viação e Infraestrutura a realização urgente dos serviços de recuperação da vicinal que dá acesso ao Travessão do Cajá II, na Gleba Assurini.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_pl.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_pl.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao_x000D_
 Excelentíssimo Senhor Dr. Loredan Mello – Prefeito_x000D_
 Municipal de Altamira, que, através do setor jurídico do_x000D_
 município, estude a possibilidade de elaborar um Projeto de_x000D_
 Lei que assegure o direito à meia-entrada (50% de desconto)_x000D_
 em eventos artísticos, culturais, cinematográficos, esportivos_x000D_
 e de lazer aos profissionais da saúde, tanto da rede pública_x000D_
 quanto privada, no âmbito do município de Altamira.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3038/indicacao_32.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3038/indicacao_32.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho que esta subscreve, no uso de suas atribuições regimentais, sugere à Mesa Diretora, após ouvido o soberano Plenário, que seja encaminhada Indicação ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Estado do Pará, Dr. Loredan de Andrade Mello, para que, por intermédio das secretarias competentes, a realização da RECUPERAÇÃO ASFALTICA,  REVITALIAÇÃO E SINALIZAÇÃO VERTICAL E HORIZONTAL DA INTERCEÇÃO DAS RUAS: RORAIMA, DOS AMORES, SANTA LUCIA, MACAPÁ, RONDON, BELÉM, BELO HORIZONTE, JOSÉ UMBELINO DE OLIVEIRA, NOSSA SRA. DE NAZARÉ É AVENIDA JADER BARBALHO. Que dão acesso ao DEMUTRAN – ALTAMIRA.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3039/republica_federativa_do_brasil_-_estado_do_para_13.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3039/republica_federativa_do_brasil_-_estado_do_para_13.pdf</t>
   </si>
   <si>
     <t>indique a PMA, a construção de uma quadra poliesportiva coberta com arquibancada, distrito de Castelo dos Sonhos.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3040/indicacao_40_-2025_-___roco_e_limpeza_estrada_pedral_________.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3040/indicacao_40_-2025_-___roco_e_limpeza_estrada_pedral_________.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a realização de serviços de roço e limpeza da estrada que dá acesso ao Balneário Pedral, visando a melhoria da trafegabilidade e o incentivo ao turismo local.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3041/indicacao_41_-2025_-___food_park_orla____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3041/indicacao_41_-2025_-___food_park_orla____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas a criação e implantação de um Food Park na Orla da Cidade, destinado à organização e regulamentação dos veículos do tipo food trucks e trailers de alimentos.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3042/indicacao_asfaltico_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3042/indicacao_asfaltico_.pdf</t>
   </si>
   <si>
     <t>Que a SEMOVI, realize o serviço de pavimentação asfáltico, da Rua_x000D_
 Jasmim, Bairro Jardim primavera “rua da Aressa’’</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3043/indicacao_p._do_porronca_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3043/indicacao_p._do_porronca_.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados com urgência os serviços de reforma geral da_x000D_
 Praça da Cultura “Porronca” situada na Rua Vitória Régia, Bairro Jardim_x000D_
 Primavera.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_-_mirante_praia_do_massanori_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_-_mirante_praia_do_massanori_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor LOREDAN MELLO, Prefeito_x000D_
 Municipal de Altamira, que seja elaborado um projeto para a construção de um mirante na Praia_x000D_
 do Massanori, com estrutura adequada para contemplação e lazer da população.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3046/indicacao_-_reforma_dos_pontos_de_moto_taxi_e_taxistas_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3046/indicacao_-_reforma_dos_pontos_de_moto_taxi_e_taxistas_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador Victor da Foccus indica que seja realizada a reforma e revitalização dos pontos de mototaxistas e taxistas localizados nos seguintes locais do município:_x000D_
 • Ponto da Balsa do Assurini_x000D_
 • Ponto do Pátio do Góis_x000D_
 • Ponto da UPA (Unidade de Pronto Atendimento)_x000D_
 • Ponto do HGA (Hospital Geral de Altamira)_x000D_
 • Ponto do Hospital Regional da Transamazônica</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_assinada_-_merces_-_recapeamento_tv_mineira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_assinada_-_merces_-_recapeamento_tv_mineira.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, esgotamento sanitário e serviços de roço da Tv Mineira situada no bairro Nova Altamira.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_-_abertura_da_pista_de_caminhada_do_estadio_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_-_abertura_da_pista_de_caminhada_do_estadio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor LOREDAN MELLO, Prefeito_x000D_
 Municipal de Altamira, a abertura da pista de caminhada do Estádio Municipal José Marino_x000D_
 Bandeira de Matos no período noturno, possibilitando que os corredores e demais praticantes de_x000D_
 atividades físicas possam realizar seus treinamentos com segurança e conforto nesse horário.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_42_-2025_-___limpeza_avenidas_aeroporto___.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_42_-2025_-___limpeza_avenidas_aeroporto___.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a limpeza e/ou lavagem da Avenida João Paulo II (pista de acesso ao aeroporto) e da Rua Coronel José Porfírio, incluindo as calçadas dessas vias no município de Altamira-PA.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3050/indicacao_assinada_-_merces_-_sessoes_itinerantes.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3050/indicacao_assinada_-_merces_-_sessoes_itinerantes.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas das comunidades, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que  avalie a possibilidade de organizar, de forma periódica e planejada, a realização de sessões itinerantes da Câmara Municipal de Altamira nos bairros da zona urbana e nas comunidades da zona rural do município.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3051/indicacao_assinada_-_merces_-_tribuna_mirim_anexo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3051/indicacao_assinada_-_merces_-_tribuna_mirim_anexo.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, o cumprimento do que determina a Resolução nº 002/2011 de 19 de outubro de 2011 que Institue como Procedimento Didático-Pedagógico Legislativo a “CÂMARA MUNICIPAL MIRIM”.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3053/30.07.2025_creche_complexo_nova_brasilia_ii_liberdadesao_francisco_-.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3053/30.07.2025_creche_complexo_nova_brasilia_ii_liberdadesao_francisco_-.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a construção de uma creche no Complexo Nova Brasília II, abrangendo os bairro Liberdade, Loteamento Jardim Santa Ana, Loteamento Ayrton Senna I e II, Seninha, Bairro São Francisco, Loteamento Viena, Ramal das Chácaras, Comunidade Cupiuba, Comunidade Bethânia, Ramal Cupuzinho, Ramal Monte Santo e demais chácaras adjacentes.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3054/camscanner_31-07-2025_11.02.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3054/camscanner_31-07-2025_11.02.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredan Mello Prefeito Municipal de Altamira, a necessidade em parceria com o governo do estado ampliar o número de ruas asfaltadas no distrito de Castelo dos Sonhos, bem como iniciar projeto de rede de esgoto e drenagem nas ruas.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3055/camscanner_31-07-2025_11.03.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3055/camscanner_31-07-2025_11.03.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredan Mello Prefeito Municipal de Altamira, a necessidade de executar projeto de paisagismo, canteiro central, estacionamentos, iluminação de Led com super postes e rotatórias na Avenida Santo Antônio em Castelo de Sonhos.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3056/camscanner_31-07-2025_11.10_5.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3056/camscanner_31-07-2025_11.10_5.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredan Mello Prefeito Municipal de Altamira, a necessidade de executar asfaltamento nas ruas Paralelas a BR 163, bem como projeto de rotatórias, no trecho que compreende da altura do Igarapé próximo a Cerâmica Santa Rosa, ate o posto Fiscal da SEFA na saída para MT.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3058/padr20250731_10303104.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3058/padr20250731_10303104.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A sugestão para a criação do Programa de Atendimento Domiciliar Rural (PADR) no município de altamira.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3059/indicacao_praca_brasilia.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3059/indicacao_praca_brasilia.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente realizar os serviços de reparos aos equipamentos da academia ao ar livre, como também aos equipamentos de brinquedos na Praça da Brasília.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_juncao_das_ruas__padre_frederico.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_juncao_das_ruas__padre_frederico.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO:_x000D_
 Que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Altamira a presente solicitação de junção e mudança de denominação das vias públicas Rua da Concórdia (Bairro Boa Esperança) e Acesso 2 (Dois) (Bairro Aparecida), para que passem a constituir uma única via com a denominação, Travessa; PADRE FREDERICO TSCHOL</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3061/indicacao_do_bairro_buriti_alterada__1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3061/indicacao_do_bairro_buriti_alterada__1.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, A Solicitação de operação de tapa-buracos em vias públicas no Bairro Buriti. AV G, AV DOUGLAS MIGUEL, AV C, AV DOS YPES, AV D.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_teatro_e_danca.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_teatro_e_danca.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente implantar aulas (oficinas) de teatro e dança, nas escolas do município, para promover o autoconhecimento, a expressão criativa, a interação social, o aprimoramento da comunicação (oratória) e a ampliação do repertório cultural.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_violencia_contra_a_mulher.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_violencia_contra_a_mulher.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente possa realizar uma série de atividades dentro do mês de agosto, que se intitula em todo pais como agosto lilás, campanha de enfrentamento à violência contra a mulher. Realizem em nossa cidade palestras, rodas de conversa, blitzes educativas e ações interativas realizadas em locais públicos e nas escolas públicas da zona rural e área urbana.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3065/31.07.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_i.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3065/31.07.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_i.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a implantação de tubulações de bueiros nas entradas das ruas localizadas no Loteamento Ayrton Senna I nas Alameda: Zenaide, Áurea, Osvaldina, José Batista e Agostinho Gomes que cruzam a Estrada da Princesa do Xingu, interligando o referido loteamento ao Loteamento Ayrton Senna II.  Segue mapa em anexo</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_reforma_da_quadra_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_reforma_da_quadra_.pdf</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor Dr. Loredan de Andrade de Mello - Prefeito Municipal, através da Secretaria competente, seja realizada a reforma completa da quadra de esportes, situada no final da Rua Quatro, do Bairro Mutirão.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3068/camscanner_01-08-2025_09.17.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3068/camscanner_01-08-2025_09.17.pdf</t>
   </si>
   <si>
     <t>INDIQUE ao excelentíssimo Senhor Loredan de Andrade Mello - Prefeito Municipal de Altamira, por meio da Secretaria do Meio Ambiente, que seja realizado um estudo técnico e orçamentário visando á construção de um cemitério na região do Assurini, nas 4 bocas.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3069/camscanner_01-08-2025_09.24.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3069/camscanner_01-08-2025_09.24.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da secretaria Municipal de Educação, que seja realizada a implantação de uma sala de aula para alunos o atendimento da Educação de Jovens e adultos (EJA), no turno da noite, na comunidade Agrovila Sol Nascente.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3070/camscanner_01-08-2025_09.40.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3070/camscanner_01-08-2025_09.40.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria que veja a viabilidade da implantação de um Banco de Leite Humano (BLH) no hospital geral de Altamira como medida estratégica para a promoção da saúde e apoio a amamentação.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_assinada_-_merces_-_recapeamento_rua_itaituba.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_assinada_-_merces_-_recapeamento_rua_itaituba.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico da Rua Itaituba Bairro Premem.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3075/indicacao_43_-2025_-___guia_turistico_digital____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3075/indicacao_43_-2025_-___guia_turistico_digital____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a criação de um guia turístico digital, em formato de aplicativo, para promover e facilitar o turismo no município de Altamira – PA.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3076/indicacao_assinada_-_merces_-_recapeamento_acesso_04_jd_ind_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3076/indicacao_assinada_-_merces_-_recapeamento_acesso_04_jd_ind_ii.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, esgotamento sanitário e serviços de roço da Acesso 04 localizada no bairro Jardim Independente II.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3078/06.08.2025_indicacao_quadra_de_esporte_liberdade_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3078/06.08.2025_indicacao_quadra_de_esporte_liberdade_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a construção de uma quadra de esportes no Complexo Nova Brasília II, que compreende os seguintes bairros e loteamentos: bairro Liberdade Loteamento Jardim Santa Ana Loteamento Ayrton Senna I Loteamento Ayrton Senna II Seninha, Bairro São Francisco e Loteamento Viena</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3079/06.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii_continuacao.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3079/06.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii_continuacao.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a implantação de bueiros nas entradas das ruas do no Loteamento Ayrton Senna I nas ruas: Carolina, Topografo Clovis, Amigos da Corrente solidaria, Amâncio da silva e Avenida da Praça que cruzam a Estrada da Princesa do Xingu, interligando o referido loteamento ao Loteamento Ayrton Senna II.  Segue mapa em anexo</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3081/alteplase.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3081/alteplase.pdf</t>
   </si>
   <si>
     <t>O vereador  Rodrigo Carvalho que esta subscreve sugere à Mesa Diretora, ouvido o augusto e soberano Plenário, na forma regimental, que INDIQUE ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal, por meio da Secretaria Municipal de Saúde de Altamira - SESMA, para que seja providenciada a aquisição do medicamento Alteplase (Denominação Comum Internacional – DCI: Alteplase), destinado ao uso emergencial na Unidade de Pronto Atendimento (UPA) deste município.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3082/frigorifico.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3082/frigorifico.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o augusto e soberano Plenário, que seja encaminhada a presente INDICAÇÃO ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, para que, por intermédio da Secretaria Municipal de Saúde – SESMA, seja realizada com urgência uma visita técnica da Vigilância Sanitária ao Frigorífico Valencio, localizado nas proximidades de diversos bairros residenciais e da unidade do Instituto Federal do Pará – IFPA.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_cursos_prof..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_cursos_prof..pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente implantar cursos profissionalizantes técnicos de Hospedagens e Hotelaria, para alunos do 1ª a 3ª série do Ensino Médio da rede pública, no contra turno escolar.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_-_requalificacao_da_area_externa_do_centro_de_eventos_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_-_requalificacao_da_area_externa_do_centro_de_eventos_assinado.pdf</t>
   </si>
   <si>
     <t>O VEREADOR VICTOR DA FOCCUS, indica que seja realizada a requalificação da área externa ao Centro de Eventos Vilmar Soares, localizada entre as ruas Pedro Gomes e João Rodrigues, visando à viabilidade da_x000D_
 instalação de uma academia ao ar livre com equipamentos para treino de calistenia, uma_x000D_
 academia convencional com equipamentos para exercícios físicos gerais, pista de atletismo e quiosques para vendas.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3086/inducacao_silvano.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3086/inducacao_silvano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente realize os serviços de infraestrutura como: pavimentação asfáltica, drenagem, calçamento e linha d'água na  Passagem 5, bairro Ibiza.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3087/indicacao_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3087/indicacao_2.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, para viabilizar a recuperação do Travessão Barro Duro, Km 06, até a propriedade do Senhor Daque no Assurini.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3088/residuos_reciclaveis_.docx</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3088/residuos_reciclaveis_.docx</t>
   </si>
   <si>
     <t>indique a PMA, Indica ao Excelentíssimo Senhor Prefeito de Altamira, Sr. Loredan Melo, a necessidade de implantar Ecopontos no município, destinados ao descarte adequado de resíduos recicláveis e eletroeletrônicos.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3089/ponte_itapuama.docx1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3089/ponte_itapuama.docx1.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao,Excelentíssimo Senhor Dr. Loredan Mello – Prefeito,Municipal de Altamira, por meio da Secretaria Municipal de,Infraestrutura, que seja realizada a construção de uma nova, ponte no Travessão do Itapuama, na região do Assurini.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3090/travessao_do_joao_alteres.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3090/travessao_do_joao_alteres.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao,Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Infraestrutura, Solicito os serviços de terraplanagem no Travessão do João Alteres, na Vila Luiz Pereira no Assurini.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_revitalizacao_da_avenida_irma_cloe.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_revitalizacao_da_avenida_irma_cloe.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja realizada a revitalização da Avenida Irmã Clores Mendes, com a retirada dos atuais calçamentos centrais, promovendo o plantio de grama e árvores ornamentais, com o objetivo de melhorar o paisagismo, a arborização urbana e proporcionar mais qualidade de vida à população.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3092/feira_urbana20250807_11002033.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3092/feira_urbana20250807_11002033.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Loredan Mello, a revitalização da calçada, linha de água e meio-fio no entorno da Feira do Produtor Rural Joana de Amaral Góes.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3093/indicacao_contrucao_da_praca__airton_sena_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3093/indicacao_contrucao_da_praca__airton_sena_1.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, venho respeitosamente apresentar a presente INDICAÇÃO, sugerindo ao Poder Executivo Municipal que sejam tomadas as providências necessárias para a construção de uma praça pública no bairro Airton Sena 1 (Um), no município de Altamira - PA.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3095/camscanner_08-08-2025_11.22.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3095/camscanner_08-08-2025_11.22.pdf</t>
   </si>
   <si>
     <t>Indica a PMA, que seja realizada a reforma e revitalização dos pontos de mototáxi localizados nos seguintes pontos do município:_x000D_
 • Uniforte (início da Rua Joaquim Acácio)_x000D_
 • Rua Joaquim Acácio (no bairro Brasília)_x000D_
 • Ginásio Poliesportivo da Brasília_x000D_
 • Godin Lins_x000D_
 • Primavera (Rua João Rodrigues)_x000D_
 • Camelódromo (Centro Comercial)_x000D_
 • Bairro Bom Jesus – Rua 5</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_44_-2025_-___quadra_beach_tenis_estadio_bandeirao__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_44_-2025_-___quadra_beach_tenis_estadio_bandeirao__.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a construção de quadras de beach tênis no Estádio Municipal José Marino Bandeira de Matos (“O Bandeirão”), visando ampliar as opções de esporte e lazer para a população de Altamira-PA.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3098/12.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3098/12.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a implantação de bueiros nas entradas das ruas do no Loteamento Ayrton Senna II nas ruas: Viviana Leão, Francisco Barbosa, Francisco Nunes Bezerra, Mandaguari e rua Professor Umbirajara Umbuzeiro que cruzam a Estrada da Princesa do Xingu, interligando o referido loteamento ao Loteamento Ayrton Senna I.  Segue mapa em anexo</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>Juliano Brisch</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3099/reforma_e_ampliacao_da_escola_de_cachoeira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3099/reforma_e_ampliacao_da_escola_de_cachoeira.pdf</t>
   </si>
   <si>
     <t>Oficie-se ao excelentíssimo senhor PREFEITO DE ALTAMIRA, DR. LOREDAN MELLO, que determine, por meio da Secretaria Municipal de Educação, a realização de reforma estrutural e ampliação do número de salas de aula da Escola Municipal de Ensino Infantil e Fundamental Cachoeira da Serra</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3100/12.08.2025_indicacao_reubanizacao_mutirao_mapa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3100/12.08.2025_indicacao_reubanizacao_mutirao_mapa.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a execução da reurbanização das seguintes vias do bairro mutirão:_x000D_
 1.	Travessa Quatro – extensão de 100 metros;_x000D_
 2.	Travessa Quatro, entre a Rua Onze e a Rua Treze – extensão de 58 metros;_x000D_
 3.	Travessa Três – extensão de 380 metros;_x000D_
 4.	Travessão Três, no encontro com a Travessa Quatro – extensão de 46 metros;_x000D_
 5.	Travessa Cinco – extensão de 93 metros._x000D_
 Segue mapa em anexo</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3101/construcao_escola_pds_brasilia.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3101/construcao_escola_pds_brasilia.pdf</t>
   </si>
   <si>
     <t>Oficie-se ao excelentíssimo senhor PREFEITO DE ALTAMIRA, DR. LOREDAN MELLO, que determine, por meio da Secretaria Municipal de Educação e demais órgãos competentes, a construção de uma nova Escola Municipal para atender o Projeto de Desenvolvimento Sustentável (PDS) Brasília, situado no Distrito de Castelo de Sonhos.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3103/indicacao_576_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3103/indicacao_576_.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Esportes que sejam realizadas aulas de Hidroginástica no Complexo da Juventude destinado ao atendimento do público idoso e de mulheres que necessitem da prática de hidroginástica com indicação médica.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3104/indicacao_577.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3104/indicacao_577.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, Indico ao Excelentlssimo Senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Infraestrutura, Solicito a infraestrutura, para que seja realizada a instalação de três (3) lombadas nos seguintes pontos na região do Assurini: _x000D_
 1.	Na Vila Luiz Pereira;_x000D_
 2.	Na comunidade Quatro Bocas._x000D_
 3.	Na estrada de retorno para a cidade de Altamira, proxímo ao Porto da Balsa.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3105/indicacao_45_-2025_-___tampas_de_bueiros___1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3105/indicacao_45_-2025_-___tampas_de_bueiros___1.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a realização de reparos e/ou manutenção nas tampas de bueiros que ficaram abaixo do nível da pavimentação asfáltica após obras de recapeamento na Av. Jader Barbalho, Av. João Rodrigues, Rotatória Tancredo Neves (em frente Posto Mansour) e Rotatória da Tancredo Neves com Acesso Dois, da cidade de Altamira-PA.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3106/09.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3106/09.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, fundamentado nas disposições contidas no Regimento Interno desta Casa, indico que após deliberação do Plenário, à Mesa Diretora encaminhe a presente matéria, construção de uma orla no Rio Curuá na localidade denominada Prainha do Curuá no Distrito de Castelo de Sonhos</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3107/10.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3107/10.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, fundamentado nas disposições contidas no Regimento Interno desta Casa, indico que após deliberação do Plenário, à Mesa Diretora encaminhe a presente matéria, construção de um centro de eventos com salas de reuniões e auditório no Distrito de Castelo de Sonhos.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3111/indicacao_assinada_-_merces_-_recapeamento_rua_curua_grande__jd_ind_i.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3111/indicacao_assinada_-_merces_-_recapeamento_rua_curua_grande__jd_ind_i.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, e serviços de roço da Rua Rio Curuá Grande, Acesso 03 e alameda São Raimundo, todas localizadas no bairro Jardim Independente I.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_assinada_-_merces_-_recapeamento_ruas_bairro_presidente_medici.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_assinada_-_merces_-_recapeamento_ruas_bairro_presidente_medici.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, esgotamento sanitário e serviços de roço das vias: Rua Getulio Vargas, Rua General Eurico Gaspar Dutra, Rua Washington Luis, Trav. Janio Quadros, todas localizadas no Bairro Presidente Médici, conhecido como bairro do Bacana, na saída da cidade sentido Vitória do Xingu.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3113/indicacao_21-08.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3113/indicacao_21-08.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, que possa mandar um Projeto de Lei para a Câmara Municipal para criar ou instituir a gratificação de função de cem por cento em cima do salário base para os Guardas Municipais e Agentes de Trânsito</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3114/pra_reila.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3114/pra_reila.pdf</t>
   </si>
   <si>
     <t>indique a PMA, sugere ao excelentíssimo senhor prefeito municipal de altamira, loredan mello, que providencie a construção de um espaço coberto para obrigar os veículos retidos em blitz do DEMOTRANSPORT.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3115/2_indicacao_da_cotran.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3115/2_indicacao_da_cotran.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Sugere ao Excelentíssimo Senhor Prefeito Municipal de Altamira, Loredan mello, a celebração de convênio com empresas responsáveis para destinação de veículos não reclamados no prazo legal, conforme previsto no CTB e em resoluções do CONTRAN.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3117/indicacao2_1908.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3117/indicacao2_1908.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, a implantação de um novo aparelho de Raio x no CEO (Centro de Especialidades Odontológicas).</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3118/trav_niteroi_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3118/trav_niteroi_.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello -Prefeito Municipal de Altamira, através da Secretaria competente, realizar recapeamento asfáltico, com linha d'agua, e sinalização, na Travessa Niterói, localizada no Bairro Jardim Uirapuru.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3119/indicacao_sinalizacao_vertical.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3119/indicacao_sinalizacao_vertical.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente realize os serviços de sinalização vertical com as identificações das ruas dos bairros Brasília e Sudam 2.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3121/indicacao_-_construcao_de_duas_quadras_de_pickleball_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3121/indicacao_-_construcao_de_duas_quadras_de_pickleball_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a PMA, a viabilização da construção de 02 (duas) quadras de pickleball na área da quadra externa do Complexo Desportivo da Juventude, localizado na Rua Acesso Dois, bairro Premem.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_reforma_dos_pontos_de_moto_taxistas_3_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_reforma_dos_pontos_de_moto_taxistas_3_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a PMA, que sejam adotadas as providências necessárias para a reforma, revitalização e manutenção dos pontos de apoio aos mototaxistas situados nos seguintes locais:_x000D_
 1.	Rua Cumaru – Bairro Jatobá (próximo ao Supermercado Castro);_x000D_
 2.	SESI – Rua Acesso Dois – Bairro Premem;_x000D_
 3.	BASA – Rua Djama Dutra – Centro;_x000D_
 4.	SENAI – Avenida Tancredo Neves – Bairro Premem;_x000D_
 5.	INSS – Avenida Brigadeiro Eduardo Gomes – Bairro Explanada do Xingu.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3128/04_picadinho_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3128/04_picadinho_ii.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o augusto e soberano Plenário, que seja encaminhada a presente INDICAÇÃO ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, que através da Secretaria de Aviação e Obras de Altamira, a reestruturação do travessão do Picadinho II, localizado na região do Assurini, zona rural deste município.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3132/indicacao_47_-2025_-___lombo_faixa_escola_gondim_lins_____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3132/indicacao_47_-2025_-___lombo_faixa_escola_gondim_lins_____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a instalação de uma lombo-faixa em frente à Escola Municipal de Ensino Fundamental Professor Antônio Gondim Lins.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_46_-2025_-___quadra_de_areia_orla___.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_46_-2025_-___quadra_de_areia_orla___.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a realocação das quadras de areia sem iluminação para a área com iluminação remanescente dos Jogos Indígenas, na praia da Orla do Cais.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3134/projeto_urbanistico_e_de_requalificacao_viaria_na_avenida_03_de_maio.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3134/projeto_urbanistico_e_de_requalificacao_viaria_na_avenida_03_de_maio.pdf</t>
   </si>
   <si>
     <t>Oficie-se ao excelentíssimo senhor PREFEITO DE ALTAMIRA, DR. LOREDAN MELLO, que determine, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura, a execução de um projeto urbanístico e de requalificação viária na Avenida 03 de Maio, no Distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3136/construcao_e_a_equipagem_adequada_do_posto_de_saude_esperanca_iv.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3136/construcao_e_a_equipagem_adequada_do_posto_de_saude_esperanca_iv.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar a reforma, ampliação e equipagem do Posto de Saúde Esperança IV, localizado no distrito de Castelo de Sonhos.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3138/27.08.2025_indicacao_arquibancada_quadra_alberto_soares.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3138/27.08.2025_indicacao_arquibancada_quadra_alberto_soares.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a instalação de arquibancada na única quadra de esportes localizada no bairro Alberto Soares.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3139/27.08.2025_indicacao_contrucao_upa_brasilia_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3139/27.08.2025_indicacao_contrucao_upa_brasilia_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a construção de uma Unidade de Pronto Atendimento (UPA) no Bairro da Brasília.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3140/republica_federativa_do_brasil_-_estado_do_para_14.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3140/republica_federativa_do_brasil_-_estado_do_para_14.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, implantar redutores de velocidade (quebra-molas) e placas de sinalização, na rua Maringá, localizado no Bairro Jardim Uirapuru.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3141/republica_federativa_do_brasil_-_estado_do_para_15.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3141/republica_federativa_do_brasil_-_estado_do_para_15.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a realização do recapeamento asfáltico, com linha d'água e sinalização, nas travessas dos Palmares, Alameda Polivalente e Travessa 13 de Maio, localizadas no Bairro Jardim Uirapuru.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3144/indicacao_para_criacao_do_departamento_de_bombeiro_civil.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3144/indicacao_para_criacao_do_departamento_de_bombeiro_civil.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Altamira – PA, a necessidade de criação de um Departamento Municipal de Bombeiros Civis no município, com a finalidade de atuar na prevenção, combate a princípios de incêndio, atendimento de primeiros socorros, apoio em situações emergenciais, eventos públicos e desastres ambientais, em parceria com os órgãos de segurança pública e defesa civil.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_merenda.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_merenda.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar a reforma e ampliação do setor de merenda escolar do município de Altamira.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_cirurgias_eletivas_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_cirurgias_eletivas_.pdf</t>
   </si>
   <si>
     <t>Solicito a viabilização da realização das cirurgias,eletivas em hospital terceirizado, durante a reforma da UPA,do município.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3149/travessao_dos_crentes.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3149/travessao_dos_crentes.pdf</t>
   </si>
   <si>
     <t>Solicitação de reabertura,e terraplanagem do Travessão dos Crentes, localizado no Km 23 no Assurini.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_para_atualizar_nomeclatura_de_ruas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_para_atualizar_nomeclatura_de_ruas.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal, por meio da Secretaria competente, tome ciência e providencie a atualização da nomenclatura das ruas já alteradas por leis municipais, sendo que tem vias a mais de 20 anos, que encontram-se nessa situação, sem a devida correção em placas de sinalização, cadastros oficiais e registros administrativos.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3151/indicacao_periculosidade.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3151/indicacao_periculosidade.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, que envie para a Câmara Municipal, após  estudo técnico, jurídico e financeiro, um Projeto de Lei, criando a gratificação de periculosidade aos vigilantes (Agentes Patrimoniais) que desempenham, ou exercem suas atividades na administração pública municipal ou nas secretarias da prefeitura de Altamira.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3152/cemiterio4_kmk20250828_10333083.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3152/cemiterio4_kmk20250828_10333083.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Realizar a colocação de carga de areia E tendas até 20 (vinte) dias que antecedem o Dia de Finados, a fim de possibilitar às famílias, em especial as de baixa renda, as reformas e manutenções necessárias em seus túmulos; e na ajuda dos vendedores de artigos do dia do finado..</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3153/solicita_do_asfaltamento_e_urbanizacao.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3153/solicita_do_asfaltamento_e_urbanizacao.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Solicita do asfaltamento e urbanização da continuidade da Rua Matrinchã até a Estrada do Laranjeira</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3155/indicacao_assinada_-_merces_-_governador_dairce_pedrosa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3155/indicacao_assinada_-_merces_-_governador_dairce_pedrosa.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de legítima representante do povo e atendendo às demandas da comunidade, apresenta ao Excelentíssimo Senhor Presidente da Câmara Municipal de Altamira a seguinte indicação, solicitando que, após ciência deste soberano Plenário, seja encaminhada ao Excelentíssimo Senhor Helder Zahluth Barbalho, Governador do Estado do Pará, bem como à Secretaria de Estado de Educação (SEDUC-PA), a seguinte providência:_x000D_
 Que o Poder Executivo Estadual, por meio da Secretaria competente, realize na Escola Estadual de Ensino Médio Dairce Pedrosa Torres, localizada na Rua Balduino Costa, bairro Premem, Altamira – PA, os seguintes serviços:_x000D_
 •_x000D_
 Reforma geral dos prédios da escola, incluindo pintura, recuperação de telhados e melhorias estruturais;_x000D_
 •_x000D_
 Reforma completa da quadra esportiva, com recuperação do piso, implantação de traves de futebol, redes de vôlei e cestas de basquete, construção de cobertura e instalação de arquibancadas;_x000D_
 •_x000D_
 Contratação de auxiliares de alimentação escolar, considerando que, pela ausência desses profissionais, os gêneros alimentícios armazenados no depósito da escola estão se deteriorando, comprometendo a oferta da merenda e gerando desperdício de recursos públicos.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3156/indicacao_assinada-_merces_-_recapeamento_ruas_bairro_presidente_medici_02.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3156/indicacao_assinada-_merces_-_recapeamento_ruas_bairro_presidente_medici_02.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, esgotamento sanitário e serviços de roço das vias: Rua Presidente José Sarney, Rua João Batista Figueiredo, Rua Marechal Deodoro da Fonseca e Rua Presidente João Goulart,  todas localizadas no Bairro Presidente Médici, conhecido como bairro do Bacana, na saída da cidade sentido Vitória do Xingu.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacao_50_-2025_-___rua_sentido_unico____________2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacao_50_-2025_-___rua_sentido_unico____________2.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas a transformação da Rua Dom Eurico em via de mão única, no sentido da Acesso Dois, no bairro Esplanada do Xingu em Altamira-PA.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3161/indicacao_48_-2025_-___tapa_buraco_sao_joaquim_____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3161/indicacao_48_-2025_-___tapa_buraco_sao_joaquim_____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas a operação tapa-buraco, roçagem e limpeza das margens e áreas verdes, bem como pintura de meio-fio nas ruas Preciosa e Erva Doce, localizadas no bairro RUC São Joaquim, no município de Altamira-PA.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3162/indicacao_49_-2025_-___rotatoria_balsa____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3162/indicacao_49_-2025_-___rotatoria_balsa____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, realizar estudos com vistas a reforma da rotatória e restauração do pavimento na Rua Cel. José Porfírio (em frente ao Porto da Balsa), com reconstrução em alto relevo acima do nível asfáltico em concreto, reinstalação e fixação dos blocos de contenção (blocretes), revitalização da sinalização horizontal e vertical e melhoria da iluminação, considerando o alto fluxo de pessoas e veículos no local.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3163/solicitacao_de_maquinario.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3163/solicitacao_de_maquinario.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Viação, Obras e Infraestrutura, a necessidade do envio de um trator de esteira para o distrito de Cachoeira da Serra, visando atender às demandas de infraestrutura, manutenção de estradas vicinais e melhoria das condições de mobilidade da comunidade local.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3164/camscanner_03-09-2025_12.31.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3164/camscanner_03-09-2025_12.31.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto e Soberano Plenário, na forma Regimental, que INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello - Prefeito Municipal, através da Secretaria competente, que seja promovida uma ação social no dia 12 de Outubro (Dia das Crianças), destinada à distribuição de brinquedos as crianças em situação de vulnerabilidade social em nossa cidade.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3166/03.09.2025_indicacao_contrucaodelegacia_na_brasilia_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3166/03.09.2025_indicacao_contrucaodelegacia_na_brasilia_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, interceder junto ao Governo do Estado, através da Secretaria de Segurança Pública, no sentido de implantar uma Delegacia de Polícia no Bairro da Brasília.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3167/copa_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3167/copa_.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar a construção de uma segunda copa na UBS do Bairro Brasília.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3168/queimadas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3168/queimadas.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar ações que intensifique a fiscalização e combate às queimadas em terrenos baldios dos loteamentos da cidade.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3169/barracao_semovi_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3169/barracao_semovi_.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira a necessidade de construção de um barracão para abrigar as dependências da Secretaria Municipal de Obras, Viação e Infraestrutura (SEMOVI) no distrito de Cachoeira da Serra, visando garantir melhores condições de trabalho, segurança para veículos e equipamentos, além de proporcionar economia aos cofres públicos com a eliminação de despesas de aluguel.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3170/03.09.2025_ndicacao_asfalto_cupuiba_lado_direito_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3170/03.09.2025_ndicacao_asfalto_cupuiba_lado_direito_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar, os serviços de  pavimentação asfáltica com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade nas ruas da Comunidade Cupiuba lado direito: Alameda São José com extensão de 195 Metros, Ramal Fortaleza com extensão de 162 Metros, Ramal Ô Cordeiro com extensão de 179 Metros e Ramal Bela Vista com extensão de 65 Metros. Totalizando 601 Metros._x000D_
 MAPA EM ANEXO</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3171/indicacao_epis.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3171/indicacao_epis.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. ao prefeito municipal, através da secretaria competente, realizar a aquisição de equipamentos de proteção e outros acessórios e itens de segurança do trabalho, para todos os servidores da administração pública, que fazem jus ao direito e uso nas suas rotinas de trabalho, nas mais diversas secretarias e departamentos da prefeitura de Altamira, dando assim, condições de garantir aos trabalhadores a segurança mínima necessária, para o exercício da sua função laboral.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_pccr_comissao.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_pccr_comissao.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. ao prefeito municipal, a imediata criação, via decreto, de uma comissão interinstitucional, a ser composta por representantes das secretarias municipais/Prefeitura; sindicatos e associações representantes das diversas categorias do funcionalismo público municipal e Câmara Municipal, com a finalidade, de iniciar imediatamente a revisão/elaboração/reformulação do Plano de Cargos, Carreiras e Remunerações - PCCR, dos servidores públicos municipais, identificando as necessidades, reconhecendo direitos e garantias do funcionários públicos, com vista, a promover um reajuste dos salários; a progressão horizontal e vertical; data-base; horas extras; adicionais; gratificações; vale alimentação; garantir o IFA (incentivo financeiro adicional para ACE/ACS); redução da carga horária para mães e pais atípicos, periculosidade e insalubridade, além de construir PCCR’s por categorias, levando-se em consideração as legislações e especificidades de cada cargo/função, e atividades laborais desempenhadas no exercício funcional. Após o fim do trabalho da comissão enviar a Câmara Municipal, para a devida análise, apreciação e aprovação da Casa Municipal de Leis.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3173/ramal_dos_baianos_20250904_10160841.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3173/ramal_dos_baianos_20250904_10160841.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Solicita a recuperação da estrada e da ponte no ramal dos baianos.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3174/indicacao_-_posto_de_saude_sol_nascente_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3174/indicacao_-_posto_de_saude_sol_nascente_.pdf</t>
   </si>
   <si>
     <t>Indica a PMA à aquisição ou troca de mobiliário adequado para o Posto de Saúde Jader Barbalho (Sol Nascente); (Centrais de ar, Bebedouro, Macas, cadeira de dentista, porta de entrada)</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3175/airton_senna_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3175/airton_senna_ii.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho que esta subscreve, no uso de suas atribuições legais e regimentais, vem indicar ao Excelentíssimo Senhor Prefeito Municipal de Altamira, com cópia ao Diretor do Departamento Municipal de Trânsito – DEMUTRAN, a necessidade de implantação de uma rotatória na entrada do RUC Laranjeira, nas interseções das ruas Matrinchã, Curimatã e Corvina.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_-_escola_sol_nascente_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_-_escola_sol_nascente_.pdf</t>
   </si>
   <si>
     <t>Indica a PMA à realização de melhorias na EMEF - Escola Municipal de Ensino Fundamental Sol Nascente, localizada na região do Assurini, área rural de Altamira, contemplando:_x000D_
 1.	Construção de uma arquibancada;_x000D_
 2.	Pintura geral da escola;_x000D_
 3.	Cobertura da horta escolar;_x000D_
 4.	Construção de rampa de acessibilidade.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3177/academia_ao_ar_livre_agrovila_sol_nascente.pdfatl.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3177/academia_ao_ar_livre_agrovila_sol_nascente.pdfatl.pdf</t>
   </si>
   <si>
     <t>A implantação de uma academia ao ar livre na comunidade Agrovila Sol Nascente.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3180/idicacao_museu_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3180/idicacao_museu_assinada.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor Prefeito Municipal de Altamira – PA, que seja estudada a viabilidade para a criação de um Museu Municipal, com a finalidade de resgatar, preservar e valorizar a história do município, sua cultura, tradições e lendas</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3181/ciclofaixa_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3181/ciclofaixa_1.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Solicitação para que as ciclofaixas existentes em vias, como: AV Avenida Alacid Nunes; Avenida Jader Barbalho; Avenida Tancredo Neves; Avenida João Rodrigues; divididas por canteiro sejam transferidas para o canteiro central e transformadas em ciclovias.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3183/contrucao_da_creche_cei_paraiso_infantil.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3183/contrucao_da_creche_cei_paraiso_infantil.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a construção da Creche Centro de Educação Infantil Paraíso Infantil, atualmente em funcionamento em prédio alugado.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3184/aquisicao_de_terreno_e_construcao_sede_subprefeitura_de_cachoeira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3184/aquisicao_de_terreno_e_construcao_sede_subprefeitura_de_cachoeira.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a aquisição de terreno e a construção de uma sede própria para a Subprefeitura do Distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3185/travessao_pimentel.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3185/travessao_pimentel.pdf</t>
   </si>
   <si>
     <t>Realização de serviços de terraplanagem, aterro, colocação de bueiros e construção ou reforma de 03 (três) pontes localizadas no Travessão do Pimentel, região do Assurini localizado a 55 km da sede do Múnicipio proxímo a Escola Nova Vida sentido Vila Quatro Bocas .</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3186/indicacao_52_-2025_-___estacionamento_objetivo_____1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3186/indicacao_52_-2025_-___estacionamento_objetivo_____1.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o augusto e soberano Plenário, na forma Regimental, que INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal, por meio da secretaria competente, realizar estudos com vistas a transferência do estacionamento de motocicletas localizado na Rua Coronel José Porfírio, ao lado da Escola Objetivo Sapiens, para o lado oposto da via.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3187/indicacao_mobilia_hga.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3187/indicacao_mobilia_hga.pdf</t>
   </si>
   <si>
     <t>Solicito a aquisição de mobiliário hospitalar para o Hospital Geral de Altamira – HGA, visando oferecer melhores condições tanto para os pacientes quanto para os acompanhantes e profissionais da saúde.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3188/ind._iii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3188/ind._iii.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o augusto e soberano Plenário, que seja encaminhada a presente INDICAÇÃO ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, para que, por meio da secretaria competente, seja dada atenção especial ao Bairro Independente III, incluindo a inserção em planejamento da pavimentação asfáltica das principais vias, em especial: Estrada do Pajé, Rua Itatá e Rua do Quartel da Polícia Militar.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3189/dom_lorezno_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3189/dom_lorezno_1.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa ouvido o Augusto e Soberano Plenário na forma regimental. solicita ao Excelentíssimo Senhor Loredan Mello - Prefeito Municipal de Altamira através da Secretaria competente. realizar limpeza e roçagem na rua Raimundo Lobato. Travessa 10 de agosto e Avenida São Lourenço, localizadas Bairro Dom Lorenzo.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3190/ceo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3190/ceo.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar um estudo para implementação de mais uma central de ar no CEO (Centro de Especialidades Odontológicas).</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3191/11.09.2025_indicacao_reativacao_do_centro_de_defesa_integrado_social_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3191/11.09.2025_indicacao_reativacao_do_centro_de_defesa_integrado_social_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, que determine, por meio da Secretaria Municipal de Segurança Pública, Mobilidade Urbana– SEGMUC, a reativação do Centro de Defesa Social Integrado (CDSI), localizado no bairro Água Azul, rua Pacajá, n° 147.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3192/10.09.2025_indicacao_ponte__do_gadelha_estrada_da_princesa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3192/10.09.2025_indicacao_ponte__do_gadelha_estrada_da_princesa.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar com urgência a reforma da ponte do Gadelha na estrada que dar acesso a Princesa do Xingu na zona rural, conforme imagens em anexo.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3193/indicacao__recapeamento.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3193/indicacao__recapeamento.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar o serviço recapeamento asfáltico na Rodovia Presidente Médice, sentido 51 bis, Alberto Soares.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3194/indicacao__emef_bela_vista.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3194/indicacao__emef_bela_vista.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar o serviço de reforma, limpeza, adequação e melhoria para que seja possível a realização das diversas atividades escolares, na EMEF  Sebastião de Oliveira, no Bela Vista.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3195/indicacao__assinada_-_merces_-_recapeamento_03_ruas_bairro_presidente_medici.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3195/indicacao__assinada_-_merces_-_recapeamento_03_ruas_bairro_presidente_medici.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que encaminhe ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, solicitação para que, por meio da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realize o serviço de recapeamento asfáltico ou bloqueteamento com infraestrutura, calçamento, linha d’água, esgotamento sanitário e serviços de roço das vias: Trav. Arthur Benardes, Rua Marechal Hermes Fonseca, Trav. Pres. Castelo Branco e Trav. Pres. Collor de Melo todas localizadas no Bairro Presidente Médici, conhecido como bairro do Bacana, na saída da cidade sentido Vitória do Xingu.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3196/sugere_alteracao_do_decreto_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3196/sugere_alteracao_do_decreto_1.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, Sugere alteração do Decreto nº 2.488/2023, de 03 de maio, que regulamenta a concessão do auxílio-fardamento e o respectivo padrão da farda para os integrantes da Guarda Municipal e do DEMUTRAN de Altamira.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3197/implementar_semana_ciltural_e_esportiva.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3197/implementar_semana_ciltural_e_esportiva.pdf</t>
   </si>
   <si>
     <t>INDICO ao Excelentíssimo Senhor Prefeito Municipal de Altamira – Pará, por meio da Secretaria Municipal de Educação, que seja elaborado e implementado junto ao Calendário Escolar a “Semana   Cultural e Esportiva” em todas as escolas municipais do município de Altamira – Pará.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3198/banheiros_porto_da_balsa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3198/banheiros_porto_da_balsa.pdf</t>
   </si>
   <si>
     <t>INDICO ao Excelentíssimo Senhor Prefeito Municipal de Altamira – Pará, que seja viabilizada a construção de banheiros públicos, sendo masculino e feminino no Assurini, na área do Porto da balsa a fim de atender a população local e os usuários que diariamente utilizam o espaço.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3200/copia_de_indicacao_poeirao_arquibancada5ej_banheiro_e_iluminacao_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3200/copia_de_indicacao_poeirao_arquibancada5ej_banheiro_e_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação no campo do Poeirão dentro do estádio bandeirão_x000D_
 Banheiro Químico _x000D_
 Melhoria da Arquibancada _x000D_
 Iluminação</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3204/indicacao_diogo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3204/indicacao_diogo.pdf</t>
   </si>
   <si>
     <t>Excelentissimas Senhoras e Excelentíssimos Senhores Vereadores,_x000D_
 O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto e_x000D_
 Soberano Plenário, na forma regimental, indicar ao Executivo Municipal, representado_x000D_
 pelo senhor Loredan Mello, através da Secretaria Municipal de Educação, realizar o_x000D_
 serviço de reforma e ampliação da Escola Maria Lopes Kuruaia, localizada na Aldeia_x000D_
 Kuruatxe.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3207/indicacao_53_-2025_-___semaforo_polivalente_____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3207/indicacao_53_-2025_-___semaforo_polivalente_____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a adequação do semáforo localizado na Avenida Tancredo Neves, em frente à Escola Polivalente, para que funcione em modo acionado apenas quando solicitado pelo pedestre através do botão de travessia.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_54_-2025_-___cobrir_caminhoes_de_areia_______.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_54_-2025_-___cobrir_caminhoes_de_areia_______.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, _x000D_
 que sejam tomadas providências de fiscalização e orientação junto aos transportadores de areia no município, para que os caminhões utilizem cobertura adequada (lonas) durante o transporte.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3209/pavimentacao_asfaltica_da_avenida_orlando_hienzer.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3209/pavimentacao_asfaltica_da_avenida_orlando_hienzer.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a realização de serviço de pavimentação asfáltica na Avenida Orlando Hienzer, localizada no distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3210/concha_acustica_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3210/concha_acustica_.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a construção de uma concha acústica nas proximidades do campo sintético Roberto Sandini, no distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3211/camscanner_18-09-2025_11.48.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3211/camscanner_18-09-2025_11.48.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello-Prefeito Municipal de Altamira, através da Secretaria competente, realize estudo para implementação de lombada modular no município de Altamira-PA.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3212/republica_federativa_do_brasil_-_estado_do_para_18.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3212/republica_federativa_do_brasil_-_estado_do_para_18.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a realização de um estudo para implementação de um toldo, quebra sol ou cortinas, na parte da frente da UBS do Bairro Brasília.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3213/17.09.2025_indicacao_academia_e_praca_sao_francisco.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3213/17.09.2025_indicacao_academia_e_praca_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente a construção de uma praça equipada com playground para as crianças e com uma academia ao ar livre e área de lazer para jovens e adultos no bairro São Francisco</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3214/lombada_agrovila_luiz_pereira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3214/lombada_agrovila_luiz_pereira.pdf</t>
   </si>
   <si>
     <t>Solicito a construção de três (03) lombadas na Agrovila Luiz Pereira, localizada no Assurini, a aproximadamente 20 km de Altamira.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3215/17.09.2025_ndicacao_vista_alegre-_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3215/17.09.2025_ndicacao_vista_alegre-_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente o serviço de pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade. Nas seguintes Ruas do loteamento vista alegre, bairro Sudam II: Abrahan Lincoln com extensão de 83 M, Guilherme Pereira com extensão de 160 M, Roberto Marinho com extensão de 160 M, e Rua 20 com extensão de 274 M. totalizando 677 Metros_x000D_
 SEGUE MAPA EM ANEXO</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3216/ind._canteiro_central_da_av._acesso_3.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3216/ind._canteiro_central_da_av._acesso_3.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro que a esta subscreve, no uso de suas atribuições regimentais, vem respeitosamente apresentar a seguinte INDICAÇÃO:_x000D_
 Indico à Prefeitura Municipal de Altamira, por intermédio da Secretaria competente, que seja implantado um canteiro central na Avenida Acesso três (3), localizada no bairro Independente I, contemplando: Calçamento para pedestres,_x000D_
 Arborização adequada,(Como plantas frutíferas)_x000D_
 Ciclovias,</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3218/ind._mutirao_oftamologico.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3218/ind._mutirao_oftamologico.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro que a esta subscreve, no uso de suas atribuições regimentais, vem, nos termos do Regimento Interno, apresentar a seguinte INDICAÇÃO:_x000D_
 Indico ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde em parceria com a Secretaria Municipal de Educação, que seja realizado um mutirão oftalmológico nas escolas da rede pública municipal de ensino, com o objetivo de atender as crianças matriculadas, realizando consultas preventivas, exames básicos de visão e encaminhamentos quando necessários.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3219/mudanca_de_ciclofaixas_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3219/mudanca_de_ciclofaixas_1.pdf</t>
   </si>
   <si>
     <t>indique a PMA,  a mudança da ciclo faixa do canteiro lateral direito para o canteiro central, no trecho que se inicia na travessa Pedro gomes , passando pela avenida irmã clores mendes ate o seu termino, no inicio da rodovia transamazônica.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3222/van_para_translado_de_pacientes_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3222/van_para_translado_de_pacientes_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que destine uma van para realizar o translado de pacientes do distrito de Cachoeira da Serra até o distrito de Castelo de Sonhos, visando garantir segurança no trajeto pela BR-163 e facilitar o acesso a consultas médicas e exames.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3223/altoclave_hga.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3223/altoclave_hga.pdf</t>
   </si>
   <si>
     <t>Solicita que  seja viabilizada a compra de uma nova autoclave nova para o Hospital Geral de Altamira (HGA).</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3224/24.09.2025_ndicacao_vista_alegre__av_uniao_etv....pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3224/24.09.2025_ndicacao_vista_alegre__av_uniao_etv....pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente o serviço de pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade. Nas seguintes Ruas do loteamento vista alegre, bairro Sudam II: Avenida União com extensão de 152 M, e nas ruas Antônio Martins com extensão de 198 M, Fernando de Noronha com extensão de 230 M, e Travessa Carolina com extensão de 143 M. totalizando 723 Metros_x000D_
 SEGUE MAPA EM ANEXO.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3225/24.09.2025_indicacao_academia_e_praca_santa_ana.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3225/24.09.2025_indicacao_academia_e_praca_santa_ana.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente a construção de uma praça equipada com playground para as crianças e com uma academia ao ar livre e área de lazer para jovens e adultos no loteamento Jardim Santa Ana no Bairro Liberdade.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3226/republica_federativa_do_brasil_-_estado_do_para_20.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3226/republica_federativa_do_brasil_-_estado_do_para_20.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, a revitalização das faixas do ciclismo e poda das árvores na Avenida Brigadeiro Eduardo Gomes.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3227/lavadora_indrustrial_hga.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3227/lavadora_indrustrial_hga.pdf</t>
   </si>
   <si>
     <t>solicito a aquisição de uma lavadora de roupas industrial para a lavanderia do Hospital Geral de Altamira – HGA.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3229/04_aparecida.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3229/04_aparecida.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o augusto e soberano Plenário, que seja encaminhada a presente INDICAÇÃO ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, para que, por meio da secretaria competente, sejam realizadas as seguintes ações:_x000D_
 1.	Instalação de iluminação pública no Parque localizado no Acesso Cinco do Bairro Aparecida;_x000D_
 2.	Construção de uma academia ao ar livre no mesmo local, com o objetivo de promover saúde, lazer e segurança aos moradores, especialmente à população idosa.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3230/camscanner_25-09-2025_10.18.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3230/camscanner_25-09-2025_10.18.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Sugere a revitalização do monumento popularmente conhecido como Pau do Presidente, situado na Praça do Presidente, às margens da Rodovia Transamazônica, no município de Altamira – PA.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3231/indicacao__n.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3231/indicacao__n.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar o serviço recapeamento asfáltico na Travessa Pedro Miranda, no bairro da Brasília.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3232/indicacao__redutores_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3232/indicacao__redutores_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, implantar dois redutores de velocidade (quebra-molas), na Rua Marechal Rondon, esquina com a Dom Pedro I, Independente II.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3233/indicacao_extensao_tv_luis_coutinho_5.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3233/indicacao_extensao_tv_luis_coutinho_5.pdf</t>
   </si>
   <si>
     <t>indique a PMA,  Indicando a execução de obras para a extensão da Travessa Luís Coutinho, no bairro Brasília, de forma que a via passa a se conectar diretamente com a Avenida João Coelho.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3234/calendario_artistico_local.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3234/calendario_artistico_local.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, na forma regimental, que seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal de Altamira, para que determine ao setor competente a criação de um Calendário Cultural Anual, com o objetivo de valorizar os artistas locais e regionais, promovendo a cultura, a arte e o lazer para a população.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3241/patrolamento_vicinal_coco_gelado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3241/patrolamento_vicinal_coco_gelado.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a realização de serviços de patrolamento, cascalhamento e instalação de bueiros na Vicinal Coco Gelado, no Distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3242/patrolamento_vicinal_rio_do_peixe.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3242/patrolamento_vicinal_rio_do_peixe.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a realização de serviços de patrolamento, cascalhamento e instalação de bueiros na Vicinal Rio do Peixe, no Distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3243/01.10.2025_ndicacao__sinalizacao_semaforica.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3243/01.10.2025_ndicacao__sinalizacao_semaforica.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar junto ao setor competente a instalação de uma faixa de pedestre acompanhada de sinalização semafórica para pedestres na Rodovia Transamazônica, no trecho compreendido entre os bairros Liberdade e Brasília.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3244/01.10.25_indicacao_placas_indicativas_cupiuba_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3244/01.10.25_indicacao_placas_indicativas_cupiuba_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar, a implantação de placas de sinalização e faixas para pedestres ao longo da rodovia Magalhães barata na comunidade Cupiuba zona rural.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3245/ind_lombadas_sao_joaquim..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3245/ind_lombadas_sao_joaquim..pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de lombadas em pontos estratégicos da Rua 10, localizada no Bairro São Joaquim.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3246/retorno_oftamologia..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3246/retorno_oftamologia..pdf</t>
   </si>
   <si>
     <t>Solicito o retorno imediato da realização das consultas oftalmológicas, bem como dos procedimentos cirúrgicos de catarata e pterígio, atualmente paralisados no município de Altamira</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3247/indicacao_de_ajustes_na_entrada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3247/indicacao_de_ajustes_na_entrada.pdf</t>
   </si>
   <si>
     <t>indique a PMA, sugere a indicação de ajustes na entrada e saída do estaleiro naval localizada na Rodovia Ernesto Aciole , bairro Colinas e operação tapa-buraco na via.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3250/dia_municipal_do_idoso.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3250/dia_municipal_do_idoso.pdf</t>
   </si>
   <si>
     <t>O Vereador que está subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente INDICAR ao Excelentíssimo Senhor Prefeito Municipal, que seja enviado a esta Casa Legislativa instituindo o Dia Municipal dos Idosos, a ser celebrado anualmente no dia 1º de outubro, em conformidade com o Dia Nacional do Idoso e o Dia Internacional da Pessoa Idosa.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3252/aquisicao_de_uma_raio_x_portatil.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3252/aquisicao_de_uma_raio_x_portatil.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, a aquisição de um aparelho de Raio x portátil, para o HGA (Hospital Geral De Altamira)</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3253/indicacao_isencao_de_iptu_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3253/indicacao_isencao_de_iptu_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito Municipal de Altamira, para_x000D_
 que, através da Secretaria Municipal de Finanças e demais setores competentes, seja realizado estudo_x000D_
 de viabilidade técnica, jurídica e financeira com a finalidade de instituir a isenção do pagamento_x000D_
 do IPTU (Imposto Predial e Territorial Urbano) para pacientes oncológicos residentes em_x000D_
 nosso município</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3254/indicacao_n_outubro_rosa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3254/indicacao_n_outubro_rosa.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria Municipal de Saúde, para que possa intensificar ações com palestras, entregas de folhetos e etc., em escolas públicas de ensino médio, secretarias, e postos de saúde, em relação a Campanha Outubro Rosa, que combate e informa sobre o câncer de mama.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3255/indicacao_n_bom_jesus.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3255/indicacao_n_bom_jesus.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, realizar a implantação de redutores de velocidade e faixas elevadas para a travessia de pedestres em frente a UBS do Mutirão, e em pontos de grande movimentação na Avenida Bom Jesus.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3256/indicacao_-_sinalizacao_de_transito_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3256/indicacao_-_sinalizacao_de_transito_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a PMA, que determine à Secretaria Municipal de_x000D_
 Trânsito a realização de estudo de viabilidade técnica para que, nos trabalhos de sinalização das_x000D_
 vias públicas, a execução seja priorizada em horários de menor movimento, preferencialmente no_x000D_
 período noturno ou durante a madrugada.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3257/poda_colina.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3257/poda_colina.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE ALTAMIRA_x000D_
 Rua 1º de janeiro, 1274 - FONE: (0XX-93) 3515 - 1528 - CEP: 68371-020_x000D_
 Email: gab.rodrigocarvalho@gmail.com Contato Gabinete: 93 99166-6937_x000D_
 Indicação nº /2025._x000D_
 Excelentíssimo senhor Presidente,_x000D_
 Excelentíssimas senhoras Vereadoras e_x000D_
 Excelentíssimos senhores Vereadores._x000D_
 O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o Plenário, que seja encaminhada a presente Indicação ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, para que, por meio da Secretaria competente, providencie a poda das árvores localizadas na Rua WE-8, no Bairro da Colina.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que esta subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o augusto e soberano Plenário, que seja encaminhada a presente INDICAÇÃO ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, para que, por meio da secretaria competente, providencie a aquisição de um aparelho de gasometria e um aparelho de eletrólitos (para aferição de sódio e potássio) destinados ao Hospital Geral de Altamira.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3263/caminhoes_para_transporte_de_alunos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3263/caminhoes_para_transporte_de_alunos.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de 03 (três) veículos escolares do tipo traçado, equipados com ar-condicionado, para atender as vicinais do 7º Céu, Coco Gelado e Rio do Peixe, a fim de garantir transporte adequado e seguro aos alunos, especialmente diante das dificuldades enfrentadas no período de inverno (barro e atoleiro) e no verão (poeira e calor excessivo).</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3264/capela_mortuaria.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3264/capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de uma Capela Mortuária no Distrito de Cachoeira da Serra, considerando que, atualmente, os velórios precisam ser realizados em igrejas ou residências, carecendo a comunidade de espaço público adequado e digno para a realização dessas cerimônias.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3265/07.10.2025_indicacao_indicacao_rede_de_agua_loteamento_ayrton_senna_i_alameda_agostinho_gomes.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3265/07.10.2025_indicacao_indicacao_rede_de_agua_loteamento_ayrton_senna_i_alameda_agostinho_gomes.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar, que seja implantada a rede de abastecimento de água no Loteamento Ayrton Senna I, Bairro Liberdade, nas seguintes Alamedas:  Agostinho gomes com extensão de 581 M, Ribamar Acaio com extensão de 536 M, Eliane Raquel com extensão de 515 M e Erik Márcio com extensão de 482 M. Totalizando 2.114 Metros.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3266/07.10.2025-indicacao__implantacao_rede_de_agua_alameda_zenaide_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3266/07.10.2025-indicacao__implantacao_rede_de_agua_alameda_zenaide_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar, que seja implantada a rede de abastecimento de água no Loteamento Ayrton Senna I, Bairro Liberdade, nas seguintes Alamedas:  Zenaide com extensão de 421 M, Aurea com extensão de 463 M, Osvaldina com extensão de 520 M e José Batista com extensão de 550 M. Totalizando 1954 metros.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3267/reativacao_do_semaforo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3267/reativacao_do_semaforo.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A reativação do semáforo localizado na Avenida Bom Jesus, com a rua 6 do Mutirão.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3268/construcao_de_cobertura.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3268/construcao_de_cobertura.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Que Seja realizada a construção de cobertura  na Arena Esportiva Cláudio Vitorino</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3269/construcao_de_3_quebra_molas_na_acesso_3.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3269/construcao_de_3_quebra_molas_na_acesso_3.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro que está subscreve, no uso de suas atribuições legais e regimentais, vem indicar ao Excelentíssimo Senhor Prefeito Municipal de Altamira que determine ao setor competente da Prefeitura a construção de três (03) lombadas na Rua Acesso 3, localizada no bairro Independente I.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3270/indicacao_recaoeamento_das_ruas_do_bairro_primavera.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3270/indicacao_recaoeamento_das_ruas_do_bairro_primavera.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro, que está subscreve no uso de suas atribuições legais e regimentais, vem indicar ao Excelentíssimo Senhor Prefeito Municipal de Altamira que seja realizada a recuperação asfáltica das seguintes vias públicas: Rua da União, Rua da Amizade e Rua dos Crisântemos, no bairro Jardim Primavera. Incluindo também a recuperação das calçadas, linha d’água e meio-fio onde for necessário.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3275/indicacao_55_-2025_-___prefeitura_nos_bairros_a_gestao_chegou_km23_______.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3275/indicacao_55_-2025_-___prefeitura_nos_bairros_a_gestao_chegou_km23_______.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, que promova a ação “Prefeitura nos Bairros: A Gestão Chegou” na Agrovila Vale Piauiense, localizada no Km 23 (sentido Brasil Novo), com o objetivo de aproximar a administração pública da população local, oferecendo atendimentos, serviços e espaço para diálogo com os moradores.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3277/indicacao_ramal_nenes_pdf.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3277/indicacao_ramal_nenes_pdf.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a reabertura e terraplanagem do ramal dos Nenês anexo ao Travessão das Mangueiras.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3278/ind_lombadas_sao_joaquim.pdf1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3278/ind_lombadas_sao_joaquim.pdf1.pdf</t>
   </si>
   <si>
     <t>à implementação de quebra-molas em pontos estratégicos no Bairro RUC São Joaquim, com o objetivo de garantir maior segurança para pedestres, estudantes e motoristas que transitam diariamente pelas vias da comunidade._x000D_
 Os locais indicados pela população são os seguintes:_x000D_
 _x000D_
 1.	Rua Manjericão,._x000D_
 _x000D_
 2.	Rua Mastruz; _x000D_
 _x000D_
 3.	 Rua Pequi , Rua de acesso à Escola do Bairro;_x000D_
 _x000D_
 4.	Rua Sabugueiro, entre o Posto de Saúde e o CRAS;</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3279/indicacao.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3279/indicacao.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, que está subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, sugerir à Mesa Diretora, após ouvido o augusto e soberano Plenário, que seja encaminhada a presente INDICAÇÃO ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, para que, por meio da secretaria competente, realize a averiguação e adoção de medidas quanto à limpeza pública na área localizada do outro lado da balsa do Assurini, bem como a coleta regular dos resíduos depositados nos contêineres e a orientação da população sobre o cronograma de limpeza.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3281/indicacao_699_diogo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3281/indicacao_699_diogo.pdf</t>
   </si>
   <si>
     <t>Com fulcro no artigo 96 e seguintes do Regimento Interno desta Casa Legislativa, INDICO à Prefeitura Municipal de Altamira, por meio da Secretaria competente, a criação de dois projetos de Lei Complementar que visem regulamentar as atividades e atribuições do Grupamento de Operações com cães (GOC) da Guarda Civil Municipal de Altamira.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3284/indicacao_campeonato_de_tenis_de_mesa_2_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3284/indicacao_campeonato_de_tenis_de_mesa_2_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a PMA que, por meio da Secretaria Municipal de Esportes e Lazer, seja criado o Campeonato_x000D_
 Municipal de Tênis de Mesa em Altamira.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3285/indicacao_57_-2025_-___f_protoco..__rua_leste_oeste_sudam_2____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3285/indicacao_57_-2025_-___f_protoco..__rua_leste_oeste_sudam_2____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, a realização do serviço de desobstrução e pavimentação asfáltica ou bloqueteamento com infraestrutura completa, incluindo calçamento, linha d’água, galeria pluvial e acessibilidade, na Rua Leste-Oeste e Travessa João Alves de Souza, no Bairro Sudam 2.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3286/indicacao_concurso_p..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3286/indicacao_concurso_p..pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria competente, disponibilizar, dentro do possível, com recursos do município, cursinho para os servidores públicos da prefeitura contratados, para que possam concorrer, competir em pé de igualdade com os demais candidatos que se inscreverão no concurso público, a ser realizado pela Administração Municipal.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3287/indicacao_r._sebastiao_lucio_.pdf_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3287/indicacao_r._sebastiao_lucio_.pdf_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve sugere à Mesa Diretora, ouvida o augusto e_x000D_
 soberano Plenário, na forma Regimental, que INDIQUE ao excelentíssimo senhor_x000D_
 Dr. Loredan de Andrade Mello – Prefeito Municipal, que através da secretaria_x000D_
 competente, que seja realizado a pavimentação asfáltica ou bloqueteamento,_x000D_
 com implantação de linha d’água, galeria pluvial e acessibilidade da Rua_x000D_
 Sebastião Lúcio de Oliveira, localizado no Bairro Ibiza.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3290/indicacao_-_pontos_de_pesca_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3290/indicacao_-_pontos_de_pesca_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a PMA  que_x000D_
 determine à Secretaria Municipal competente a realização de estudos de viabilidade técnica,_x000D_
 ambiental e estrutural com o objetivo de implantar pontos adequados e seguros para a prática_x000D_
 da pesca esportiva e artesanal na Orla do Cais e na Ponte da Prainha, vias de grande circulação_x000D_
 e lazer da população altamirense.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3298/21.10.2025_indicacao__titularizacaonova_altamira_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3298/21.10.2025_indicacao__titularizacaonova_altamira_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente. Solicita a ‘’Legalização e Titularização” dos imóveis situados no bairro são Domingos (Nova Altamira).</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3299/21.10.25_indicacao_terraplagem_cupuiba_e_chacara_verdes_mares.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3299/21.10.25_indicacao_terraplagem_cupuiba_e_chacara_verdes_mares.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar o serviço de recuperação e manutenção, reabertura, terraplanagem com encascalhamento, elevação de aterros e drenagem nos seguintes locais, ambos na zona rural do município:_x000D_
 •	CHACARA VERDES MARES – ESTRADA DA SERRINHA_x000D_
 •	RAMAL CUPIUBA - LADO DIREITO E ESQUERDO.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3300/ind_central_de_exames_sol_nascente.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3300/ind_central_de_exames_sol_nascente.pdf</t>
   </si>
   <si>
     <t>Solicito a instalação de uma Central de Marcação de Exames na Agrovila Sol Nascente, zona rural do município.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3301/indicacao_rotatoria_luiz_pereira_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3301/indicacao_rotatoria_luiz_pereira_1.pdf</t>
   </si>
   <si>
     <t>Solicito a construção de uma rotatória na Vila Luís Pereira km 20  que dá  acesso  aos Quatro Bocas e agrovila Sol Nascente no Assurini.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3302/indicacao_ponto_de_idosos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3302/indicacao_ponto_de_idosos.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto e Soberano Plenário, na forma regimental, indicar ao Senhor Loredan Mello, Prefeito Municipal, por intermédio do Departamento Municipal de Trânsito (DEMUTRAN), a implantação de um ponto de estacionamento para idosos na Rua Sete de Setembro, nº 1626, Centro.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3303/indicacao_capela__mortuaria.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3303/indicacao_capela__mortuaria.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o Augusto e Soberano Plenário, na forma regimental, indicar ao senhor Loredan Mello – Prefeito Municipal, através do Departamento Municipal de Trânsito – DEMUTRAN, realizar o serviço de pintura (sinalização horizontal), em frente a Capela Mortuária de Altamira, localizada na Avenida Djalma Dutra, ao lado do BASA.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3307/construcao_de_casa_populares.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3307/construcao_de_casa_populares.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que destine 50 (cinquenta) unidades habitacionais, das casas que serão construídas pelo Governo Federal no município de Altamira, ao distrito de Cachoeira da Serra, a fim de abrigar famílias que vivem em áreas de risco, em locais de invasão sujeitos a alagamentos, pessoas sem moradia e famílias em situação de vulnerabilidade social que não têm condições de arcar com o pagamento de aluguel.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3308/pavimentacao_asfaltica_nas_ruas_rio_juruena_e_avenida_rio_curua.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3308/pavimentacao_asfaltica_nas_ruas_rio_juruena_e_avenida_rio_curua.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de pavimentação asfáltica das ruas Rio Juruena e Avenida Rio Curuá, localizadas no distrito de Cachoeira da Serra, visando melhorar as condições de tráfego, mobilidade urbana e qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3309/indicacao_direitos_humanos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3309/indicacao_direitos_humanos.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro que esta subscreve, no uso das atribuições que lhe são conferidas pelo Regimento Interno desta Casa Legislativa, indica ao Excelentíssimo Senhor Prefeito de Altamira que, por meio da Secretaria Municipal de Educação, seja elaborado e implantado o Plano Municipal de Educação em Direitos Humanos (PMEDH), em conformidade com as legislações federal e estadual pertinentes à matéria.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3313/calcada_bom_jesus_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3313/calcada_bom_jesus_2.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro, que está subscreve no uso das atribuições que lhe são conferidas pelo Regimento Interno desta Casa Legislativa, indica ao Excelentíssimo Senhor Prefeito de Altamira que, por meio da Secretaria competente que seja feita a execução de calçamentos, linhas d’água em toda a extensão da Avenida Bom Jesus, abrangendo ambos os lados da via (direito e esquerdo).</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3314/indicacao_instalacao_do_quebramola.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3314/indicacao_instalacao_do_quebramola.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Solicitaçao da  instalação urgente de um quebra-mola na Avenida Castelo Branco, Bairro São Domingos.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3315/indicacao_revitalizacao_de_frente_ao_dom_clemente_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3315/indicacao_revitalizacao_de_frente_ao_dom_clemente_1.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Solicita a revitalização da faixa de pedestre, do Quebra-mola e o reparo de um buraco em frente à Escola Dom Clemente. na rua Padre Antônio vieira.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3317/indicacao_58_-2025_-___poda_arvores_cais_____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3317/indicacao_58_-2025_-___poda_arvores_cais_____.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, sugere ao senhor Loredan Melo, Prefeito Municipal de Altamira, através da Secretaria competente, que seja realizada, com urgência, a poda das árvores na Orla do Cais da Cidade, em Altamira-PA, tendo em vista que os galhos estão avançando sobre a calçada e prejudicando a mobilidade e segurança dos pedestres.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3320/instalacao_de_um_quebra-molas_na_avenida_francisco_rastik.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3320/instalacao_de_um_quebra-molas_na_avenida_francisco_rastik.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de implantação de um quebra-molas na Avenida Francisco Rastik, em frente à Escola Léo Heck, no distrito de Castelo de Sonhos.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3321/conclusao_das_obras_de_reforma_da_escola_joao_paulo_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3321/conclusao_das_obras_de_reforma_da_escola_joao_paulo_ii.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de agilidade na reforma da Escola Municipal João Paulo II, localizada no Distrito de Castelo de Sonhos, com máxima urgência.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3322/29.10.25_ndicacao_calcadas_ac_castelo_branco_santa_benedira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3322/29.10.25_ndicacao_calcadas_ac_castelo_branco_santa_benedira.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo – DD. Prefeito Municipal de Altamira, no sentido de determinar, a construção de calçadas na Avenida Castelo Branco, importante via de acesso ao bairro nova altamira.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3323/29.10.25_indicacao__asc_comunidade_passair.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3323/29.10.25_indicacao__asc_comunidade_passair.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, sentido de designar um Agente Comunitário de Saúde (ACS) para atender a comunidade localizada nas proximidades da Cachoeira do Porcão, Ilha do Paulo Pescador, na comunidade Passaí, zona rural do município.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3324/indicacao_revitalizacao_da_rua_manaus_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3324/indicacao_revitalizacao_da_rua_manaus_1.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, Solicita a revitalização da Rua Manaus, esquina com a Rua Belo Horizonte, localizada no Bairro Jardim Independente I.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3325/buriti_quebra_molas_buriti_23.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3325/buriti_quebra_molas_buriti_23.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, Solicitação de implantação de redutores de velocidade (quebra-molas) e faixas de pedestres em vias públicas do  Bairro Buriti_x000D_
 I – Vias localizadas no entorno da Creche em fase de conclusão e que entrará em funcionamento nos próximos meses:_x000D_
 Avenida D, Avenida A, Rua A9, Rua A10.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3326/nova_sede_da_semtur.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3326/nova_sede_da_semtur.pdf</t>
   </si>
   <si>
     <t>O Chesther Luchetti Pedro que está subscreve, nos termos regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira que determine à Secretaria competente a mudança do antigo Colégio Ruy Barbosa, localizado na Rua João Pessoa, para que o prédio passe a abrigar a nova sede da Secretaria Municipal de Turismo (SEMTUR).</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3327/indicacao_rua_acesso_8.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3327/indicacao_rua_acesso_8.pdf</t>
   </si>
   <si>
     <t>Solicita a recuperação asfáltica assim como a recuperação de um bueiro que está transbordando na Rua 8, no bairro Sudam II, conhecida como Rua da Creche Ademar Teixeira.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3328/indicacao_ramal_da_tecas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3328/indicacao_ramal_da_tecas.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de serviços de reabertura e terraplanagem no Ramal das Tecas, situado a 10 km da região do Assurini</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3329/lombada_monte_santo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3329/lombada_monte_santo.pdf</t>
   </si>
   <si>
     <t>Vereador Rodrigo Carvalho, que esta subscreve, vem respeitosamente sugerir à Mesa Diretora, ouvido o Augusto e Soberano Plenário, na forma regimental, que seja indicada ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal de Altamira, por meio da Secretaria Municipal competente, a implantação de uma lombada (quebra-molas) em frente à Escola Municipal localizada na comunidade Monte Santo.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3334/pavimentacao_avenida_nhamunda.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3334/pavimentacao_avenida_nhamunda.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja realizada a pavimentação asfáltica, o calçamento e a implantação de linha d’água na Avenida Nhamundá, localizada no Distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3335/04.11.2025__indicacao_perfuracao_do_poco_escola_elisandra_jose_dias_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3335/04.11.2025__indicacao_perfuracao_do_poco_escola_elisandra_jose_dias_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a perfuração de um poço artesiano na Escola Elisandra José Dias, localizada no Ramal do Índio Preto, Travessão do Cajueiro, região do Assurini.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3336/04.11.2025__indicacao_manutencao_da_rede_eletrica_escola_elisandra_jose_dias_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3336/04.11.2025__indicacao_manutencao_da_rede_eletrica_escola_elisandra_jose_dias_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar que seja realizada, em caráter de urgência, a manutenção da rede elétrica da Escola Elisandra José Dias, localizada no Travessão do Cajueiro, Ramal do Índio Preto, região do Assurini, bem como a manutenção dos ventiladores da referida unidade escolar.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3337/indicacao_ponte_travessao_parati..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3337/indicacao_ponte_travessao_parati..pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma nova ponte no Travessão do Parati, localizado após a residência do senhor Lourenço no Assurini.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3338/indicacao_ramal_cama_de_vara_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3338/indicacao_ramal_cama_de_vara_1.pdf</t>
   </si>
   <si>
     <t>Solicito a realização de serviços de reabertura e terraplanagem no ramal Cama de Vara, localizado após o antigo presídio de Altamira.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3339/mesas_orla_do_cais.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3339/mesas_orla_do_cais.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, nos termos regimentais, indica à Mesa Diretora, após ouvido o Douto e Soberano Plenário, que seja encaminhada ao Excelentíssimo Senhor Loredan Mello, Prefeito Municipal de Altamira, a seguinte sugestão de que, por intermédio da Secretaria competente, seja implantada a instalação de novas mesas na Avenida João Pessoa, na Orla do Cais — trecho compreendido entre a Travessa Pedro Gomes e o muro da Universidade Federal do Pará (UFPA), em frente à Praça da Independência.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3340/indicacao_revitalizacao_das_faixas_de_pedestre1_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3340/indicacao_revitalizacao_das_faixas_de_pedestre1_1.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Solicitação da revitalização das faixas de pedestres da avenida bom Jesus com a Transamazônica.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3341/buriti_quebra_molas_buriti2_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3341/buriti_quebra_molas_buriti2_2.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Solicitação de implantação de redutores de velocidade (quebra-molas) e faixas de pedestres em vias públicas do  Bairro Buriti._x000D_
 I– Vias que necessitam de redutores e faixas de pedestres, em razão do grande fluxo de veículos e pedestres:_x000D_
 _x000D_
 Avenida G, Avenida E, Avenida F, Avenida dos Ipês.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3345/rua_raimunda_acacio.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3345/rua_raimunda_acacio.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, nos termos regimentais, indica à Mesa Diretora, após ouvido o Douto e Soberano Plenário, que seja encaminhada ao Excelentíssimo Senhor Loredan de Andrade Mello, Prefeito Municipal de Altamira, a presente INDICAÇÃO, sugerindo que, por intermédio da Secretaria Municipal competente, seja dada atenção especial à Rua Raimundo Acácio, localizada no bairro Brasília, considerando as seguintes demandas:_x000D_
 • O caminhão de coleta de lixo não está realizando a coleta naquela via, ocasionando acúmulo de resíduos e transtornos aos moradores; • Verificação se a referida rua consta no planejamento de pavimentação asfáltica, tendo em vista que se encontra em estado precário, dificultando o trânsito de veículos e pedestres; • Verificação quanto ao problema existente na via referente ao fornecimento de água, pois o abastecimento ocorre de forma limitada, chegando apenas no horário de 10h às 13h e das 16h às 17h, prejudicando a comunidade local.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3348/parque_de_exposicao_grau_de_rua.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3348/parque_de_exposicao_grau_de_rua.pdf</t>
   </si>
   <si>
     <t>Indica a PMA  que seja disponibilizado o espaço do Parque de Exposições para a prática esportiva e recreativa do Grau de Rua.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3350/12.11.2025__indicacao_dormitorio_escola_elisandra_jose_dias_assurini_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3350/12.11.2025__indicacao_dormitorio_escola_elisandra_jose_dias_assurini_.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar que seja realizada, em caráter de urgência, a construção de um dormitório para os professores da Escola Elisandra José Dias, localizada no Travessão do Cajueiro, Ramal do Índio Preto, região do Assurini.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3351/12.11.2025_indicacao_refrma_nossa_senhora_aparecida.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3351/12.11.2025_indicacao_refrma_nossa_senhora_aparecida.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a que seja realizada a reforma e ampliação da Escola Nossa Senhora Aparecida, localizada na Rua WE-15, Bairro Liberdade a mesma não tem sala de AEE (ATENDIMENTO EDUCACIONAL ESPECIALIZADO).</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3352/indicacao_reforma_escola_rio_branco.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3352/indicacao_reforma_escola_rio_branco.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma e ampliação da Escola Rio Branco, localizada na Vicinal da 09.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3353/ind_pontes_bom_jardim_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3353/ind_pontes_bom_jardim_ii.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de 03 (três) novas pontes no Travessão Bom Jardim II, localizado a aproximadamente 55 km da balsa, entre os km 55 e km 60.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3354/indicacao_recuperacao_de_ruas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3354/indicacao_recuperacao_de_ruas.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro que está subscreve nos termos regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal de Altamira que determine à Secretaria competente a realização dos serviços de recuperação das vias públicas, incluindo (meio fio e calçamentos), especificamente na Rua das Avencas e Travessa Sândalo, localizadas no bairro Boa Esperança.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3355/indicacao_cep_ass.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3355/indicacao_cep_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Cavalho, que esta subscreve, no uso de suas atribuições legais e na forma regimental, sugere à Mesa Diretora, ouvido o soberano Plenário, que seja oficiado ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal, para que, por meio das Secretarias competentes, seja providenciada a criação e oficialização de Código de Endereçamento Postal (CEP) para a Rua Tavaquara, possibilitando aos moradores do local o recebimento regular de correspondências e encomendas por meio dos Correios e transportadoras.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3356/pavimentacao_rua_rio_fresco.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3356/pavimentacao_rua_rio_fresco.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar obras de pavimentação asfáltica, construção de meio-fio, linha d’água e calçamento na Rua Rio Fresco, situada no distrito de Cachoeira da Serra, neste município de Altamira/PA.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3357/tv_alagoas_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3357/tv_alagoas_.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Solicita a revitalização da Travessa Alagoas, esquina com a Rua Amapá.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3358/indicacao_para_a_criacao_de_uma_lombofaixa1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3358/indicacao_para_a_criacao_de_uma_lombofaixa1.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Solicita a instalação de uma lombofaixa em frente à Escola Maria Luiza da Silva Holanda.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3365/indicacao_748-2025_silvano.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3365/indicacao_748-2025_silvano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria competente, que acione a Procuradoria que entre com ações na justiça cobrando os ex-gestores da Administração Pública Municipal (Ex-prefeitos e ex-secretários municipais), dos últimos 20 anos, para que recolham a recolham a Contribuição Previdenciária dos servidores públicos municipais, e não repassaram integralmente ao Instituto de Previdência Social dos Servidores Públicos do Município de Altamira (ALTAPREV).</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3367/camscanner_17-11-2025_12.35.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3367/camscanner_17-11-2025_12.35.pdf</t>
   </si>
   <si>
     <t>Com fundamento no artigo 96 e seguintes do Regimento Interno desta Casa Legislativa, INDICO à Prefeitura Municipal de Altamira, por meio da Secretaria competente, que seja realizada ação de roço e serviços de manutenção ao longo do Ramal do Cipó Ambé, tendo em vista a necessidade de melhorar as condições de tráfego e garantir segurança aos moradores e usuários da via.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3368/camscanner_17-11-2025_12.40.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3368/camscanner_17-11-2025_12.40.pdf</t>
   </si>
   <si>
     <t>Com fulcro no artigo 96 e seguintes do Regimento Interno desta Casa Legislativa, INDICO à Prefeitura Municipal de Altamira, por meio da Secretaria competente, a instalação de iluminação pública ao longo das vias da comunidade Cipó Ambé, onde ainda não existe e substituição dos pontos danificados na localidade.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3373/18.11.25_indicacao_asfauto_cipo_ambe.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3373/18.11.25_indicacao_asfauto_cipo_ambe.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar a pavimentação asfáltica do Ramal Cipó Ambé, interligando-o à Comunidade do Mixila, na PA-415. Solicita-se ainda a pavimentação asfáltica do Ramal da Floresta, interligando-o ao Ramal Cipó Ambé; bem como a pavimentação do Ramal Alagado, interligando a Comunidade da Serrinha à Comunidade de Cipó Ambé e Mixila.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3374/18.11.25_indicacao_464.asfauto_ruas_brasilia_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3374/18.11.25_indicacao_464.asfauto_ruas_brasilia_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Loredan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar ao setor competente o serviço de pavimentação asfáltica ou bloqueteamento, com infraestrutura, calçamento, linha d’água, galeria pluvial e acessibilidade na Alameda fênix no bairro Brasília e nas Ruas DY E D, no loteamento Panorama também no bairro Brasília</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3377/pavimentacao_rua_rio_verde.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3377/pavimentacao_rua_rio_verde.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar obras de pavimentação asfáltica, construção de meio-fio, linha d’água e calçamento na Rua Rio Verde, localizada no distrito de Cachoeira da Serra, município de Altamira/PA.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3378/judo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3378/judo.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvido o augusto e soberano Plenário, na forma regimental, que INDIQUE ao Excelentíssimo Senhor Dr. Loredan de Andrade Mello, Prefeito Municipal, por meio da Secretaia Municipal de Esporte e Lazer - SEMEL, em parceria com a Secretaria Municipal de Assistência e Promoção Social – SEMAPS a criação do Programa Municipal de Inclusão de Crianças e Adolecentes com Transtorno do Espectro Autista (TEA) em Aulas de Judô, denominado “Judô da Inclusão – TEAtivo” no municipio de Altamira – Pará.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3379/gorgulho_da_rita_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3379/gorgulho_da_rita_ii.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a reabertura, terraplanagem, empiçarramento e a diminuição das ladeiras no Ramal do Gorgulho da Rita II, situado a aproximadamente 24 km após a Travessia da Balsa, na região do Assurini..</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3380/indicacao_ajustes_ciclofaixa_aeroporto.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3380/indicacao_ajustes_ciclofaixa_aeroporto.pdf</t>
   </si>
   <si>
     <t>indique a PMA, Indicação para ajustes da ciclofaixa no trecho entre o Aeroporto e o Pedral.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3381/ramal_do_galego_9.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3381/ramal_do_galego_9.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada, com urgência, a reabertura e terraplanagem do Ramal do Galego, situado a cerca de 30 quilômetros da sede do Município no Travessão da 9, bem como a construção de três pontes, localizadas aproximadamente a 6 km da entrada do asfalto.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3382/ciclo_vias.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3382/ciclo_vias.pdf</t>
   </si>
   <si>
     <t>Ementa:_x000D_
 Indica ao Poder Executivo Municipal a implantação de ciclo faixas na Avenida Bom Jesus, no bairro Mutirão, e nas ruas Antônio Vieira e Joaquim Acácio ambas localizadas no bairro Brasília, no município de Altamira.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3383/3_turno_na_ubs_do_jatoba.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3383/3_turno_na_ubs_do_jatoba.pdf</t>
   </si>
   <si>
     <t>Ementa:_x000D_
 Indica ao Poder Executivo Municipal a implantação do terceiro turno de atendimento na Unidade Básica de Saúde (UBS) no Bairro Jatobá município de Altamira.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria competente, a substituição do nome do espaço público Complexo Desportivo da Juventude para Complexo Desportivo_x000D_
 João Budega.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3391/camscanner_24-11-2025_09.42.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3391/camscanner_24-11-2025_09.42.pdf</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3404/indicacao_assinada_-_merces_-_reforma_emeif_artur_pessoa_mixila.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3404/indicacao_assinada_-_merces_-_reforma_emeif_artur_pessoa_mixila.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, Mercês Costa, vem respeitosamente sugerir à Mesa Diretora, após ouvir o Augusto e Soberano Plenário, nos termos regimentais, que seja encaminhada ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, a seguinte indicação:_x000D_
 Que, por intermédio da Secretaria Municipal competente, sejam executados serviços de melhoria e ampliação na Escola Artur Pessoa, localizada na comunidade Mixila, zona rural do município de Altamira – Pará.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3405/indicacao_assinada_-_merces_-_rua_paulo_freire_sudam_ii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3405/indicacao_assinada_-_merces_-_rua_paulo_freire_sudam_ii.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, no uso de suas atribuições regimentais, vem indicar ao Poder Executivo Municipal a necessidade de realizar obras de pavimentação asfáltica, construção de meio-fio, linha d’água e calçamento na Rua Paulo Freire, localizada no bairro Sudam II, município de Altamira – PA.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3406/interprete.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3406/interprete.pdf</t>
   </si>
   <si>
     <t>O Vereador Rodrigo Carvalho, no uso de suas atribuições regimentais, vem, respeitosamente, indicar à Mesa Diretora da Câmara Municipal de Altamira que analise e providencie a implementação de intérpretes de Língua Brasileira de Sinais (Libras) nas sessões plenárias, audiências públicas, reuniões de comissões e demais atos oficiais desta Casa Legislativa, garantindo plena acessibilidade às pessoas surdas.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3409/26.11.2025__indicacao_ponte_do_piquia_com_foto.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3409/26.11.2025__indicacao_ponte_do_piquia_com_foto.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar que seja realizada, em caráter de urgência, reforma da ponte do Piquiá, localizada na Estrada da Serrinha, sendo a primeira ponte após o Haras Canaã, na zona rural deste município.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3410/12.11.2025__indicacao_limpeza_e_pitura_do_bairro_liberdade_certo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3410/12.11.2025__indicacao_limpeza_e_pitura_do_bairro_liberdade_certo.pdf</t>
   </si>
   <si>
     <t>Senhor presidente, senhoras e senhores vereadores,_x000D_
 Requeiro à Mesa, ouvido o Augusto e Soberano Plenário, na forma Regimental, oficie-se ao Excelentíssimo senhor Lorendan Melo– DD. Prefeito Municipal de Altamira, no sentido de determinar que seja realizada, em caráter de urgência, que seja realizada a limpeza e pintura dos meios-fios  nas ruas: We-dezoito, We-dezessete, We-dezesseis e We-quinze no Bairro Liberdade.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3413/pavimentacao_rua_rio_tocantinsdocx.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3413/pavimentacao_rua_rio_tocantinsdocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar obras de pavimentação asfáltica, construção de meio-fio e calçamento na Rua Rio Tocantins, localizada no distrito de Cachoeira da Serra, município de Altamira/PA.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3416/pontes_desvio_do_noca.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3416/pontes_desvio_do_noca.pdf</t>
   </si>
   <si>
     <t>Solicito a reforma de duas pontes localizadas na comunidade do Desvio do Noca, no Assurini.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3419/camscanner_27-11-2025_11.03.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3419/camscanner_27-11-2025_11.03.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve sugere à Mesa Diretora, ouvida o augusto e soberano Plenário, na forma Regimental, que INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello - Prefeito Municipal, que através da secretaria competente, a necessidade urgente de realizar a limpeza completa da lagoa localizada na Rua Acesso Três Bairro SUDAM 1, tendo em vista o acúmulo de mato e resíduos.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3420/camscanner_27-11-2025_11.04.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3420/camscanner_27-11-2025_11.04.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve sugere à Mesa Diretora, ouvida o augusto e soberano Plenário, na forma Regimental, que INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello - Prefeito Municipal, que através da secretaria competente, que determine, com a máxima urgência, a limpeza e desobstrução da linha de água dos bueiros.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3421/indicacao_ponte_do_acaizal_atl.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3421/indicacao_ponte_do_acaizal_atl.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a reforma da ponte do Açaizal, situada na Agrovila Sol Nascente proxímo a quadra de esportes da comunidade, na localidade do Assurini</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3422/indicacao01.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3422/indicacao01.pdf</t>
   </si>
   <si>
     <t>O Vereador Chesther Luchetti Pedro, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal de Altamira que seja realizada a criação das "Olimpíadas para Portadores de Deficiência e Necessidades Especiais" nas escolas municipais.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Moção de Aplausos, de iniciativa do vereador Victor da Foccus, aos 52 anos de existência do 51º Batalhão de Infantaria de Selva (51º BIS).</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>Moção de aplausos, em iniciativa do Vereador Victor da Foccus, em homenagem ao DIA DO ESPORTISTA, celebrado dia 19 de Fevereiro.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
@@ -9228,132 +9228,132 @@
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>Uma Moção de Aplausos e Congratulação, a REGULAÇÃO MUNICIPAL DE SAÚDE (SESMA), pelos excelentes serviços prestados;</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>Uma Moção de Aplausos e Congratulação, ao HGA (HOSPITAL DE ALTAMIRA), pelos excelentes serviços prestados;</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>Mayckon Pontes, Prince Couto</t>
   </si>
   <si>
     <t>Moção de Congratulação e Aplausos a Associação TEA'S do Xingu pelo celebração do Dia Mundial da Conscientização do Autismo, 02/04/2025.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2528/mocao_-_merces__e_wilha_seguranca_publica_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2528/mocao_-_merces__e_wilha_seguranca_publica_assinado.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem vêm, respeitosamente, sugerir a Mesa Diretora, ouvido o Augusto Soberano Plenário desta Casa, na forma regimental, requerer que seja consignada na ata dos trabalhos desta Sessão Ordinária uma Moção de Aplausos e Congratulações a todos os agentes de segurança pública do nosso Município que trabalham na Secretaria Municipal de Segurança Pública – SEGMUC, Departamento Municipal de Trânsito – DEMUTRAN, Polícia Municipal – GCM e Defesa Civil,  pela passagem do "Dia Nacional do Profissional da Segurança pública", que, pela força, competência, dedicação e trabalho, tanto contribíuem na promoção da paz e da justiça em nosso município.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>ASSIS CUNHA, Chesther Pedro, Enfermeiro Jaime, Sargento do Buriti, Silvano Fortunato, Victor da Foccus</t>
   </si>
   <si>
     <t>Moção de Aplausos, à Primeira-Dama de Altamira pelo Projeto "Arte de Viver Bem".</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>Moção de Aplausos, à Secretaria de cultura pelo Excelente Trabalho na Administração do Carnaval.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>Mayckon Pontes, Roni Heck</t>
   </si>
   <si>
     <t>Moção de Repudio manifestando-se ao ato de racismo praticado contra i estudante de Direito da Faculdade Serra Dourada.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇAO E APLAUSOS, a Policia Rodoviária Federal (PRF), em conhecimento pelos serviços prestados a segurança publica no município de Altamira.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2578/mocao_gremio_altamira_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2578/mocao_gremio_altamira_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao_x000D_
 Grêmio Altamira pelo esforço, a dedicação e o brilhante desempenho, que orgulhou o município_x000D_
 com uma campanha exemplar ao longo da competição estadual, culminando com a honrosa_x000D_
 conquista do vice-campeonato paraense.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2598/mocao_nossa_horta_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2598/mocao_nossa_horta_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO aos proprietários, colaboradores_x000D_
 e familiares do Supermercado Nossa Horta, pela passagem dos seus 15 anos de fundação,_x000D_
 comemorados no dia 25 de março de 2025, enaltecendo sua trajetória de esforço, resiliência e_x000D_
 contribuição ao desenvolvimento econômico e social de nossa cidade.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>Moção de Honra ao Mérito ao Presidente do Conselho Regional de Contabilidade do Pará, Ailton Ramos Correa Junior.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2642/mocao_de_aplauso_a_marcos_silva_oliveira_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2642/mocao_de_aplauso_a_marcos_silva_oliveira_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao Sr. Marcos Silva Oliveira, em reconhecimento _x000D_
 aos relevantes serviços prestados ao município de Altamira e à região do Xingu durante o período em _x000D_
 que esteve à frente da gerência regional da ARTRAN – Agência de Regulação e Controle dos _x000D_
 Serviços Públicos de Transporte do Pará.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2645/mocao_01.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2645/mocao_01.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, termos regimentais vigentes, requer_x000D_
 que, após ouvido o plenário, seja consignada MOÇÃO DE CONGRATULAÇÕES E_x000D_
 APLAUSOS ao Grupo Escoteiro Tradicional Impeesa em reconhecimento ao_x000D_
 relevante trabalho social e comunitário desenvolvido em prol da formação de jovens_x000D_
 cidadãos comprometidos com os valores de solidariedade, disciplina e respeito ao_x000D_
 meio ambiente.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Dr. Renan Rocha Granato</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Engenheiro Diogo Pereira, Victor da Foccus</t>
   </si>
   <si>
@@ -9362,82 +9362,82 @@
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Moção de congratulação e Aplausos ao Comandante 9º Grupamento Bombeiro Militar.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Moção de Aplausos a Direção do Xingu Praia Clube, pelo reconhecimento e esforço, dedicação e excelência na organização da 23ª edição do Festival de Pesca do Pacu de Seringa em 2025.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>Enfermeira Wilha, Engenheiro Diogo Pereira, Mercês Costa</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2730/mocao_de_aplausos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2730/mocao_de_aplausos.pdf</t>
   </si>
   <si>
     <t>Os _x000D_
 vereadores Enfermeira Wilha, Engenheiro Diogo e Mercês _x000D_
 Costa, no uso de suas atribuições legais e regimentais, vêm, _x000D_
 respeitosamente, apresentar a presente Moção de Aplausos _x000D_
 aos profissionais de enfermagem e técnicos de enfermagem _x000D_
 que atuam nas diversas unidades de saúde do município de _x000D_
 Altamira, em reconhecimento ao trabalho essencial e _x000D_
 dedicado que desempenham em prol da saúde da população.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>Moção de aplausos do Vereador Roni Heck ao Instituto PROMIP.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2815/mocao_colegio_adventista.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2815/mocao_colegio_adventista.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem, na forma regimental, requer que seja inserida na Ata dos trabalhos desta Casa Legislativa, MOÇÃO DE CONGRATULAÇÃO E APLAUSOS, ao Colégio Adventista de Altamira/Pa, pelos mais de 51 anos de serviços voltado a brilhante educação integral e a formação de cidadãos.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2818/mocao_aluna_sesi_ass.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2818/mocao_aluna_sesi_ass.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, termos regimentais vigentes, requer que, após_x000D_
 ouvido o plenário, seja consignada MOÇÃO DE CONGRATULAÇÕES E_x000D_
 APLAUSOS à aluna Maria Eduarda França de Oliveira, estudante do 6º ano do_x000D_
 Ensino Fundamental da Escola SESI de Altamira, em reconhecimento à sua_x000D_
 conquista do 1º lugar na categoria desenho do 13º Concurso de Desenho e_x000D_
 Redação – Edição 2024, promovido pela Controladoria-Geral da União (CGU),_x000D_
 com um trabalho voltado ao tema Cidadania Digital.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer que após tramitação, seja consignada MOÇÃO DE APLAUSOS aos Enfermeiros, pela passagem do Dia Internacional da Enfermagem, comemorado anualmente no dia 12 de maio.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos Técnicos de Enfermagem, do dia Internacional dos Técnicos de Enfermagem.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
@@ -9468,515 +9468,515 @@
   <si>
     <t>MOÇAO DE CONGRATULAÇÃO E APLAUSOS AO SOLDADO WENDEMBERGH FILIPE DA LUZ SILVA , em reconhecimento aos inestimáveis serviços prestados a população.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>MOÇAO DE CONGRATULAÇÃO E APLAUSOS AO CABO CÉLIO ROBERTO DOS SANTOS , em reconhecimento aos inestimáveis serviços prestados a população.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>MOÇAO DE CONGRATULAÇÃO E APLAUSOS AO CABO ALDEMIR DE SOUZA ROCHA, em reconhecimento aos inestimáveis serviços prestados a população.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>MOÇAO DE CONGRATULAÇÃO E APLAUSOS AO SOLDADO RAMIRO MESSIAS MESCIAS, em reconhecimento aos inestimáveis serviços prestados a população.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2968/mocao_campeonato_ninho_do_urubu_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2968/mocao_campeonato_ninho_do_urubu_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente apresentar esta Moção de Aplauso pela realização do 4º Campeonato Ninho do_x000D_
 Urubu, promovido no bairro Aparecida, no município de Altamira, reconhecendo seu relevante papel_x000D_
 no fortalecimento do esporte amador, da convivência comunitária e da promoção da cidadania.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2978/mocao_andreza_dourado_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2978/mocao_andreza_dourado_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à senhora ANDREZA DOURADO, altamirense que, com_x000D_
 talento, perseverança e espírito empreendedor, tornou-se uma das maiores referências internacionais_x000D_
 no ramo da micropigmentação, contribuindo de maneira significativa para o fortalecimento da estética_x000D_
 profissional brasileira no cenário global.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2991/mocao_dia_do_karate_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2991/mocao_dia_do_karate_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO em homenagem ao Dia Mundial do_x000D_
 Karatê, celebrado no dia 17 de junho, data simbólica para todos aqueles que reconhecem nesta arte_x000D_
 marcial não apenas uma prática esportiva, mas um verdadeiro caminho de formação integral do ser_x000D_
 humano. Nesta ocasião, destacamos com especial ênfase o trabalho exemplar do Shihan Aldrin_x000D_
 Silva Vieira, pioneiro na difusão do Karatê na região da Transamazônica e um dos maiores_x000D_
 responsáveis pelo seu fortalecimento em Altamira e em todo o Estado do Pará.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3010/republica_federativa_do_brasil_-_estado_do_para_11.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3010/republica_federativa_do_brasil_-_estado_do_para_11.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Aplausos a Sra Claudia Matias, em reconhecimento aos inestimáveis serviços prestados à população Altamirense na casa de Apoio de Altamira em Belém.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3045/mocao_2-_festival_cultural_e_jogos_indigenas__assinado_merces.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3045/mocao_2-_festival_cultural_e_jogos_indigenas__assinado_merces.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições regimentais, vem com grande honra apresentar a presente MOÇÃO DE APLAUSOS em reconhecimento à realização do Festival de Cultura e Jogos Indígenas do Brasil, promovido entre os dias 17 a 20 de julho de 2025, no município de Altamira – PA.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3057/mocao_cb_moraes20250731_10551299.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3057/mocao_cb_moraes20250731_10551299.pdf</t>
   </si>
   <si>
     <t>MOÇAO de aplausos ao Secretario municipal de segurança publica de altamira, pelo seu comprometimento, dedicação e liderança na condução das ações de segurança publica em nosso município.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3063/mocao_pc20250731_10415769.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3063/mocao_pc20250731_10415769.pdf</t>
   </si>
   <si>
     <t>MOÇAO de aplausos a Policia Civil pelo exemplar empenho, dedicação e eficiência na elucidação do bárbaro crime que vitimou a jovem Clara, de _x000D_
 apenas 20 anos, cujo corpo foi encontrado carbonizado. _x000D_
 A atuação incansável dos policiais civis:_x000D_
 _x000D_
 DPC Cicero Stefano Alves Pereira_x000D_
 EPC Gilberto Ribeiro Maia Filho_x000D_
 IPC Felipe Gama dos Santos_x000D_
 IPC Everton Martins de Lima _x000D_
 IPC Leandro Pinheiro de Sousa_x000D_
 IPC Bruno Guedes Tocantins Garcia_x000D_
 Desde as primeiras diligências até a conclusão do inquérito, demonstrou o comprometimento com a verdade, com a justiça e, sobretudo, com a segurança da nossa sociedade.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3110/mocao_de_aplauso_demutran.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3110/mocao_de_aplauso_demutran.pdf</t>
   </si>
   <si>
     <t>EMENTA: Moção de Aplausos ao Pr. Manoel Raimundo da Silva pelos 14 anos de relevantes serviços prestados ao Município de Altamira, no órgão DEMUTRAN, atuando no setor de sinalização.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3123/mocao_01-2025_-___ryanne_gama_____1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3123/mocao_01-2025_-___ryanne_gama_____1.pdf</t>
   </si>
   <si>
     <t>De iniciativa do vereador Prince Couto, que seja encaminhada MOÇÃO DE CONGRATULAÇÃO E APLAUSOS à atleta Ryanne Gama, filha de Altamira-PA, que se destacou brilhantemente durante todos os Jogos Pan-Americanos de Handebol 2025.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>Victor da Foccus, Engenheiro Diogo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3129/mocao_victor.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3129/mocao_victor.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Victor da Foccus e Engenheiro Diogo, no uso de suas atribuições regimentais, apresentam à consideração desta Casa Legislativa a presente Moção de Aplausos pela passagem do Dia do Maçom, celebrado em 20 de agosto, data que homenageia os integrantes da Maçonaria e sua relevante contribuição histórica e social para o desenvolvimento da sociedade.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3131/mocao_ana_beatriz_dias_dos_santos_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3131/mocao_ana_beatriz_dias_dos_santos_.pdf</t>
   </si>
   <si>
     <t>Vereador Victor_x000D_
 da Foccus, apresenta a presente Moção de Aplausos à atleta ANA BEATRIZ DIAS DOS_x000D_
 SANTOS, de 23 anos, moradora do bairro Sudam II, em reconhecimento à sua brilhante trajetória esportiva e ao recente destaque conquistado no cenário nacional.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3135/mocao_de_aplausos_-_festfal.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3135/mocao_de_aplausos_-_festfal.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à realização da 21ª edição do Festival Folclórico de Altamira – FESTFAL</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3142/mocao_16obatalhao_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3142/mocao_16obatalhao_.pdf</t>
   </si>
   <si>
     <t>O Vereador desta casa Tercio Brito, requer que seja consignada uma MOÇÃO DE APLAUSOS À A PASSAGEM DO ANIVERSÁRIO DO 16° BATALHÃO DE POLICÍA.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3143/mocao_cpr_viii.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3143/mocao_cpr_viii.pdf</t>
   </si>
   <si>
     <t>O Vereador desta casa Tercio Brito, requer que seja consignada uma MOÇÃO DE APLAUSOS À PASSAGEM DO ANIVERSÁRIO DO CPR VIII.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>Victor da Foccus, Enfermeiro Jaime</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3147/mocao_em_conjunto_-_flix.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3147/mocao_em_conjunto_-_flix.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS EM CONJUNTO do Vereador Victor da Foccus com o vereador Enf Jaime à realização da VI edição da Festa Literária Internacional do Xingu – FLIX</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>Moção de aplausos a atleta MARIA LUIZA FURLAN, campeã de Jiu-Jitsu, representando Altamira em alto nível.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3249/mocao_de_aplausos_dr._gilmar.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3249/mocao_de_aplausos_dr._gilmar.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Senhor Dr. Gilmar Santa Nunes, Médico Cirurgião Dentista, pós-graduado em implantodontia, nascido em Livramento de Nossa Senhora - BA pelo seu comprometimento, dedicação na saúde do município Altamira e região.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3251/mocao_dia_do_jiu-jitsu_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3251/mocao_dia_do_jiu-jitsu_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, pela passagem do Dia do Jiu-Jítsu,_x000D_
 celebrado em 14 de setembro, homenageando os mestres, professores, atletas e instituições que_x000D_
 fortalecem e difundem essa arte marcial em Altamira.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3258/mocao_silvano_f.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3258/mocao_silvano_f.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS pela passagem do Dia Nacional do Agente Comunitário de Saúde (ACS) E DO Agente de combate ás Endemias (ACE), comemorando em 4 de outubro.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3276/mocao_sr_osmar_assinado_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3276/mocao_sr_osmar_assinado_1.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Secretário de Obras,_x000D_
 Sr. Osmar Sousa de Oliveira, em reconhecimento ao seu notável trabalho, dedicação e_x000D_
 compromisso com o desenvolvimento do nosso município.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3288/mocao_assinada_-_merces__medicos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3288/mocao_assinada_-_merces__medicos.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, no uso de suas atribuições legais e regimentais, apresenta a presente Moção de Aplausos em homenagem ao Dia do Médico, celebrado em 18 de outubro, como forma de reconhecimento, gratidão e respeito aos profissionais que dedicam suas vidas à nobre missão de cuidar da saúde da população.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3289/mocao_assinada_-_merces__professores.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3289/mocao_assinada_-_merces__professores.pdf</t>
   </si>
   <si>
     <t>A vereadora Mercês Costa, no uso de suas atribuições legais e regimentais, apresenta a presente Moção de Aplausos em homenagem ao Dia do Professor, celebrado em 15 de outubro, como forma de reconhecimento, gratidão e respeito àqueles que dedicam suas vidas à formação de cidadãos e à construção de uma sociedade mais justa e consciente.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3310/mocao_dia_do_judo_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3310/mocao_dia_do_judo_assinado.pdf</t>
   </si>
   <si>
     <t>Vereador Victor da Foccus, apresenta a_x000D_
 presente Moção de Aplausos em homenagem à passagem do Dia do Judô, celebrado em 28 de_x000D_
 outubro</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3311/mocao_de_aplausos_escola_de_tecnologia_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3311/mocao_de_aplausos_escola_de_tecnologia_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE_x000D_
 APLAUSOS à Nowa Tech – Escola de Tecnologia e Inovação, pela brilhante conquista do Prêmio_x000D_
 de Melhor Programação nas Olimpíadas Brasileiras de Robótica 2025, realizadas no dia 29 de_x000D_
 agosto de 2025, na sede do Instituto Federal do Pará – IFPA, em Belém.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3316/mocao_dr_dennyson_faria.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3316/mocao_dr_dennyson_faria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Dr. Denysson de Faria, cirurgião geral, em reconhecimento aos relevantes serviços prestados ao Hospital Municipal de Altamira (HGA) e à saúde pública do nosso município durante o período em que atuou na referida instituição.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao SENHOR ELITON VIANA PEDROSA. SECRETARIO MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3332/camscanner_04-11-2025_10.30.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3332/camscanner_04-11-2025_10.30.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer que após tramitação, seja consignada Moção de Aplausos ao Secretário de Cultura, Sr. Lourenço da Silva Campos, em reconhecimento aos relevantes serviços prestados à cultura local.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3333/camscanner_04-11-2025_10.40.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3333/camscanner_04-11-2025_10.40.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer que após tramitação, seja consignada MOÇÃO DE APLAUSOS à Sra. Eunédia da Silva Araújo, Secretária de Assistência Social de Altamira, em reconhecimento ao excelente trabalho desenvolvido à frente da Secretaria, pautado no compromisso, dedicação e sensibilidade social.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3342/brnb42200422d8a_051674.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3342/brnb42200422d8a_051674.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal, apresenta nos termos regimentais, através dos Vereadores Roni Heck, Tercio Brito, Mayckon Pontes, Prince Couto, Sargento do Buriti, Mercês Costa, Rodrigo Carvalho, com assento neste Legislativo Municipal, no uso de suas atribuições legais, vem respeitosamente, encaminhar a presente MOÇÃO DE APLAUSOS, pela organização realização e relevante destaque  da 42º ExpAlta ao Prefeito Dr. Loredan Melo, Vice-prefeita Thais Nascimento, Primeira-Dama Paola Abucater e ao Presidente da SIRALTA Jorge Gonçalves.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3346/camscanner_12-11-2025_10.04.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3346/camscanner_12-11-2025_10.04.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer que após tramitação, seja consignada MOÇÃO DE APLAUSOS ao Secretário da SERURB, Sr. Bruno Pessoa, em reconhecimento aos relevantes serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3347/mocao_fisiculturismo_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3347/mocao_fisiculturismo_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao_x000D_
 atleta Eduardo Guerreiro e ao professor Sílvio Detane Verçosa Mendes, d a Academia Ratos do_x000D_
 Jiu-Jitsu, pelos relevantes feitos e contribuições ao esporte altamirense.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3359/brnb42200422d8a_051782.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3359/brnb42200422d8a_051782.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal, apresenta nos termos regimentais, através do Vereador Roni Heck, no uso de suas atribuições legais, vem respeitosamente, encaminhar a presente MOÇÃO DE APLAUSOS, a Maria Conceição Costa Araújo pela relevantes serviços prestados à educação nos distritos de Castelo de Sonho e Cachoeira</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3360/brnb42200422d8a_051784.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3360/brnb42200422d8a_051784.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal, apresenta nos termos regimentais, através do Vereador Roni Heck, no uso de suas atribuições legais, vem respeitosamente, encaminhar a presente MOÇÃO DE APLAUSOS, pela relevantes serviços prestados à subprefeitura  de Cachoeira da Serra, a Elieva Teodoro Martim Leal Torres.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3371/brnb42200422d8a_051783.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3371/brnb42200422d8a_051783.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal, apresenta nos termos regimentais, através do Vereador Roni Heck, no uso de suas atribuições legais, vem respeitosamente, encaminhar a presente MOÇÃO DE APLAUSOS, pela relevantes serviços prestados ao subprefeito do distrito de Castelo de sonhos a Francimar Luiz de Oliveira</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3375/mocao_senhor_feitosa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3375/mocao_senhor_feitosa.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve requer que, após a tramitação regimental, seja consignada MOÇÃO DE APLAUSOS ao Senhor Antônio da Conceição Feitosa, conhecido como Senhor Feitosa, em reconhecimento ao seu relevante trabalho desenvolvido junto à SEMOVI – Secretaria Municipal de Obras e Viação de Altamira, especialmente na localidade do Assuriní.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3376/brnb42200422d8a_051879.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3376/brnb42200422d8a_051879.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal, apresenta nos termos regimentais, através do Vereador Roni Heck, no uso de suas atribuições legais, vem respeitosamente, encaminhar a presente MOÇÃO DE APLAUSOS, a Professora Salete Dall Alba em reconhecimento aos relevantes serviços prestados à educação e à comunidade Vila Canopus.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3384/mocao_81_-_2025_maycon_pontes.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3384/mocao_81_-_2025_maycon_pontes.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos em reconhecimento ao notável trabalho realizado pela Secretária Municipal de Educação, Keila Márcia da Silva Pedrosa.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3385/mocao_82-2025_maycon_pontes.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3385/mocao_82-2025_maycon_pontes.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos a Secretária de Planejamento - SEPLAN, Renata Machado Mengoni, reconhecendo seu comprometimento, seriedade e dedicação frente a pasta.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3407/camscanner_26-11-2025_09.32.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3407/camscanner_26-11-2025_09.32.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer que após tramitação, seja consignada MOÇÃO DE APLAUSOS à Sra. Delegada Tatyana Lafetá, da Polícia Civil de Altamira, em reconhecimento aos relevantes serviços prestados à segurança pública do nosso município.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3408/camscanner_26-11-2025_09.33.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3408/camscanner_26-11-2025_09.33.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer que após tramitação, seja_x000D_
 consignada MOÇÃO DE APLAUSOS à Sra. Kelly Camilla Pessoa Nogueira, Coordenadora de Imunização do município de Altamira, pelos relevantes serviços prestados à saúde pública.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3414/mocao_05-2025_-___marcio_preciliano_______1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3414/mocao_05-2025_-___marcio_preciliano_______1.pdf</t>
   </si>
   <si>
     <t>O Vereador Prince Couto, requer que, após tramitação regimental, seja consignada MOÇÃO DE APLAUSOS ao senhor Márcio Preciliano, em reconhecimento à sua trajetória empreendedora, dedicação e relevante contribuição ao desenvolvimento comercial e agropecuário do município de Altamira.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3415/mocao_04-2025_-___almir_uchoa_______.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3415/mocao_04-2025_-___almir_uchoa_______.pdf</t>
   </si>
   <si>
     <t>O Vereador Prince Couto, requer que, após tramitação regimental, seja consignada MOÇÃO DE APLAUSOS ao Secretário Municipal de Administração e Finanças, Almir de Vasconcelos Uchoa Segundo, em reconhecimento ao seu profissionalismo, comprometimento e relevante contribuição à gestão pública de Altamira.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3417/mocao_02-2025_-___priscilla_couto__.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3417/mocao_02-2025_-___priscilla_couto__.pdf</t>
   </si>
   <si>
     <t>O Vereador Prince Couto, requer que, após tramitação regimental, seja consignada MOÇÃO DE APLAUSOS à Secretária de Turismo, Priscilla Ferreira Couto, em reconhecimento ao seu profissionalismo, dedicação e relevante contribuição à gestão municipal.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3418/mocao_03-2025_-___jason_couto_____.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3418/mocao_03-2025_-___jason_couto_____.pdf</t>
   </si>
   <si>
     <t>O Vereador Prince Couto, requer que, após tramitação regimental, seja consignada MOÇÃO DE APLAUSOS ao Dr. Jason Batista do Couto, em reconhecimento ao seu comprometimento, profissionalismo e dedicação exemplar ao longo de sua trajetória na área da saúde.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3423/mocao_ver._wilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3423/mocao_ver._wilha.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Diretora Mayara Vieira dos Santos e à Professora Karina dos Santos de Sousa, da Escola Novo Horizonte, anexa ao Polo Sol Nascente, na região do Assurini, em reconhecimento ao destaque obtido no Programa Alfabetiza Pará.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3424/mocao_ver._eng_diogo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3424/mocao_ver._eng_diogo.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, após tramitação em Plenário, como forma de reconhecer e homenagear, requer que seja consignada MOÇÃO DE_x000D_
 APLAUSO a EMATER-PARA, é uma empresa Pública de Administração Indireta do Estado do Pará, vinculada à Secretaria de Estado de Desenvolvimento Agropecuário e da Pesca (SEDAP), que atua no setor agropecuário estadual desde 1965 com a criação da Associação de Crédito e Assistência Rural do Estado do Pará, que no próximo dia 05 de dezembro, estará completando 60 (sessenta) anos de criação, a qual realiza serviços especializados nas áreas de ciências agrárias e humanas, difundindo conhecimentos e informações tecnológicas no meio rural. A empresa baseia-se nos princípios norteadores de equidade, eficiência e sustentabilidade, para a implementação de um modelo de desenvolvimento capaz de aliar a expansão econômica com o uso racional do patrimônio natural a fim de gerar riqueza e maior bem estar, a partir das diretrizes norteadoras da Política Nacional de Assistência Técnica e Extensão Rural - PNATER, cuja área de atuação é contribuir com soluções para a agricultura familar com serviços de assistencia técnica, extensão rural e pesquisa, baseados nos princípios éticos e agroecológicos.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3425/mocao_eng_diogo_urb.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3425/mocao_eng_diogo_urb.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, após tramitação em Plenário, como forma de reconhecer e homenagear, requer que seja consignada MOÇAO DE_x000D_
 APLAUSO ao senhor URBANO SANTOS MOURA JUNIOR, filho de Urbano Santos Moura e Eurides da Rocha Pitta, pelos relevantes serviços tratados a_x000D_
 comunidade altamirense.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3426/mocao_eng_diogo_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3426/mocao_eng_diogo_2.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, após tramitação em Plenário, como forma de reconhecer e homenagear, requer que seja consignada MOÇÃO DE_x000D_
 APLAUSO a senhora Jânia Carla Pereira Rocha, nascida em Jitaúna na Bahia. Há 40 anos mora aqui em Altamira. Formada em Psicopedagoga, atua como_x000D_
 costeladora familiar. Trabalhou 20 no CAPS de Altamira com saúde mental. Casada com Vanderlei Polla, mãe de 3 filhos. Filha de Teresinha Pereira Rocha,_x000D_
 Antônia Alves Rocha (im-memória).</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 031/2025, QUE OUTORGA COMENDA DE HONRA AO MÉRITO AO SENHOR URBANO SANTOS MOURA JUNIOR. INDICAÇÃO DO VEREADOR ENGENHEIRO DIOGO.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 032/2025, QUE OUTORGA COMENDA DE CIDADÃ ALTAMIRENSE A SENHORA JÂNIA CARLA PEREIRA ROCHA. INDICAÇÃO DO VEREADOR ENGENHEIRO DIOGO.</t>
   </si>
@@ -9989,51 +9989,51 @@
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 034/2025, que outorga Comenda de Cidadão Altamirense ao senhor José Carlos Guimarães Cruz. Indicação do vereador Dr. Rodrigo Carvalho.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>Loredan de Andrade Mello</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 035/2025, que autoriza o Prefeito Municipal de Altamira, Estado do Pará, senhor Loredan de Andrade Mello, a ausentar-se deste Município, viajando à Lisboa – Capital Portuguesa, no período de 03 a 19 de janeiro de 2026.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3296/camscanner_21-10-2025_11.57.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3296/camscanner_21-10-2025_11.57.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO PLANO DE BENEFÍCIOS DO REGIME PROPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICIPIO ALTAMIRA/PA, ALTERA A LEI_x000D_
 COMPLEMENTAR N.° 1.647/2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Projeto de Lei, dispõe regulamentar da prática de WHEELING/GRAU DE RUA no município.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>Projeto de lei, indique sobre a instituição do pipódromo no âmbito do município de Altamira.</t>
   </si>
   <si>
     <t>2352</t>
@@ -10101,935 +10101,926 @@
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>Projeto de Lei, para realização da retirada e alinhamento de fios e cabos dos postes que se encontram sem utilidade em Altamira e nas outras providências.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>Enfermeira Wilha, Mayckon Pontes</t>
   </si>
   <si>
     <t>Projeto de Lei, institui o uso " Cordão d Girassol" como instrumento auxiliar de orientação para identificação de pessoas com " Deficiências Ocultas" no município de Altamira e das outras providências.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>Projeto de Lei, que institui o programa " ESCOLA ABERTA PARA O FUTURO" no município de Altamira e das outras providências.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2463/projeto_de_lei_016-2025_botao_de_panico_nas_escolas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2463/projeto_de_lei_016-2025_botao_de_panico_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei, sobre a instalação do sistema "Botão do Pânico" em escolas e unidades básicas de saúde (UBSs) no município de Altamira e das outras providências.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>Projeto de Lei, que dispõe da criação do programa de saúde mental para comunidade escolar, nas unidades escolares públicas municipais de Altamira.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>Projeto de Lei, para institui o Programa de Conscientização e Prevenção de Alienação Parental em Altamira-PA.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2517/pl_019_-_enf._wilha_-_familia_acolhida.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2517/pl_019_-_enf._wilha_-_familia_acolhida.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei, dispõe sobre a criação do programa ' Família Acolhida' para garantir o atendimento contínuo de crianças em creches durante o período de férias escolares no município de Altamira e das Outras Providências.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO NO MUNICIPIO</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>INSTITUI O SELO AZUL - EMPRESA AMIGA DO AUTISTA NO MUNICIPIO DE ALTAMIRA.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>Projeto de Lei, que dispõe sobre o Programa Cultural e Desporto para pessoas com Transtorno do Espectro Autista (TEA) no município de Altamira.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2549/projetos_de_le_05.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2549/projetos_de_le_05.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre a instituição do Programa Lei Lucas de_x000D_
 Primeiros Socorros no municipio de Altamira em todas_x000D_
 as unidades de ensino e creches da rede pública e_x000D_
 privada, e dá outras providências.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>Prefeito Municipal Dr. Loredan Mello, que solicita Abertura de Credito Especial e da outra providencias...</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>O Senhor Prefeito Municipal Dr. Loredan Mello, Declara e Reconhece de Utilidade Pública Municipal a Associação Comercial Industrial a Agropastoril de Altamira (ACIAPA)</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>Victor da Foccus, Mayckon Pontes</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do uso de Som Automotivo no município de Altamira, define áreas apropriadas, fixa regras e penalidades.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>Projeto de Lei do Vereador Roni Heck, que Institui o Dia do Profissional de Contabilidade (Contador)</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2604/pl_-_merces_-_programa_municipal_de_educacao_pela_paz_e_boa_convivencia_pdf_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2604/pl_-_merces_-_programa_municipal_de_educacao_pela_paz_e_boa_convivencia_pdf_assinada.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Educação pela Paz e Boa Convivência nas Escolas Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>Engenheiro Diogo Pereira, Assis Cunha, Dr. Rodrigo Carvalho, Enfermeiro Jaime, Sargento do Buriti, Tercio Brito, Victor da Foccus</t>
   </si>
   <si>
     <t>Desafetar bem de uso comum do povo, para a classe de bens dominais, a fazer doação da área, com clausula de reversão, ao Condômino Residencial Jardim Tropical.</t>
   </si>
   <si>
-    <t>2636</t>
-[...7 lines deleted...]
-  <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2653/ass_pl_-_merces_-_cras_itinerante_rural.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2653/ass_pl_-_merces_-_cras_itinerante_rural.pdf</t>
   </si>
   <si>
     <t>Institui o “CRAS ITINERANTE RURAL”, no âmbito do Município de Altamira, e dá outras providências.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>Criação de Farmácia Básica 24 horas no Município de Altamira, nas dependência da UPA e Unidades básicas de Saúde (UBS).</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>Declara e Reconhece como de Utilidade Pública para o Município de Altamira a Associação VALE DO JAMANXIM.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_lei_n0_34-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_lei_n0_34-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO AO SERVIDOR PÚBLICO MUNICIPAL DE UM DIA DE FOLGA POR OCASIÃO DE SEU ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei n° 1.488 de 17 de dezembro de 2001, que denomina como Avenida Professora Joelina Pedrosa de Farias, a via compreendida entre a rua Dragão do Mar e Avenida Jader Barbalho situada no bairro Uirapuru. Passa a ser denominada a Avenida Alvaro Wal.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>Reconhece como entidade de Utilidade Pública para o município de Altamira a Associação de Amigos do Jardim Santa Ana.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>Dispõe sobre descentralização das coletas de exames laboratoriais para as Unidades Básicas de Saúde no município de Altamira</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>Dispõe sobre nominação da Unidade Básica de Saúde, localizada na Agrovila Vila Piauiense, Km 23 rodovia Transamazônica sentido Brasil Novo, de Célia Gadelha Mendes.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>Projeto de Lei, De iniciativa do vereador Silvano Fortunato da Silva institui a semana Escolar de combate a violência contra a Mulher no Município de Altamira.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2733/pl_040-25_-_pma_-_lei_de_dretrizes_orcamentarias_para_2026.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2733/pl_040-25_-_pma_-_lei_de_dretrizes_orcamentarias_para_2026.pdf</t>
   </si>
   <si>
     <t>Lei de Diretrizes Orçamentarias 2026 (LDO)</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2749/pl_assinado-_merces_-_carteira_portadores_cancer.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2749/pl_41-2025_institui_a_carteira_de_identificacao_da_pessoa_com_doenca_neoplasica_.pdf</t>
   </si>
   <si>
     <t>A Vereadora Mercês Costa, cumprindo seu papel de representante do povo e atendendo às demandas da comunidade, sugere a Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, apresenta para a apreciação do douto plenário e solicita o apoio dos nobres vereadores para a aprovação do seguinte projeto: “Institui, no âmbito do Município de Altamira , a Carteira de Identificação da Pessoa com doença neoplásica maligna (câncer)”</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_lei_42_chesther.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_lei_42_chesther.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei, As disposições da Lei Estadual n 9.229 e 24 de março de 2021, ao proibir a comercialização, a fornecimento e a distribuição de copos e canudos plásticos descartáveis não biodegradáveis, reforçando as diretrizes da politica nacional de resido...</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_lei_43-2025_declara_patrimonio_a_marcha_para_jesus.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2776/pl_043-2025_declara_como_patrimonio_cultural_a_marcha_para_jesus....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Declaração como Patrimônio Cultural, Material e Imaterial do Município de Altamira, "A Marcha para Jesus".</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de multas administrativas para pessoas que cometerem maus-tratos a animais no Município de Altamira.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa "Coração de Mãe" no âmbito do Município de Altamira.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2855/pl_006.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2855/pl_006.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Piloto de Coleta Seletiva no bairro Alberto Soares, com destinação adequada dos resíduos sólidos, visando à melhoria dos indicadores de sustentabilidade do município, e dá outras providências.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>INSTITUI O PRAGRAMA XINGU MAIS SEGURO, QUE DISPÕE SOBRE A IMPLANTAÇÃO DE MEDIDAS DE SEGURANÇA, EDUCAÇÃO E PREVENÇÃO DE AFOGAMENTOS NA ORLA FLUVIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2868/pl_007_-__psicopedagogos_nas_escolas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2868/pl_007_-__psicopedagogos_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública de Atendimento_x000D_
 Psicopedagógico e Neuropsicopedagógico nas escolas_x000D_
 da rede pública de ensino do Município de Altamira-_x000D_
 PA.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2877/pl_008_-_rota_turistica.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2877/pl_008_-_rota_turistica.pdf</t>
   </si>
   <si>
     <t>Institui a Rota Turística “Encantos de Altamira”, no Município de Altamira (PA), incluindo atividades de imersão na cultura indígena, e dá outras providências.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2916/pl_escuta_protegida_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2916/pl_escuta_protegida_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO_x000D_
 DA ESCUTA PROTEGIDA NO_x000D_
 MUNICÍPIO DE ALTAMIRA-PA,_x000D_
 INSTITUI O COMITÊ DE GESTÃO_x000D_
 COLEGIADA DA REDE DE CUIDADO E_x000D_
 PROTEÇÃO SOCIAL DE CRIANÇAS E_x000D_
 ADOLESCENTES VÍTIMAS OU_x000D_
 TESTEMUNHAS DE VIOLÊNCIA, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>Projeto de Lei, INSITITUI O BANCO MUNICIPAL DE ALIMENTOS DE ALTAMIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>Projeto de Lei, INSTITUI O ´´DIA MUNICIPAL DA CONSCIÊNCIA INDÍGENA``  NO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIÊNCIAS.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2938/pl_009_-_raps.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2938/pl_009_-_raps.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes para o acolhimento e atendimento integral de pessoas em sofrimento psíquico agudo no Município de Altamira, no âmbito da Rede de Atenção Psicossocial (RAPS), e dá outras providências.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2964/pl_-_merces_assinado_2_-_dia_municipal_do_pescador.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2964/pl_-_merces_assinado_2_-_dia_municipal_do_pescador.pdf</t>
   </si>
   <si>
     <t>“Institui o “Dia Municipal do Pescador” no Município de Altamira e dá outras providências.”</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2973/projeto_de_lei_institui_o_programa_prefeitura_nos_bairros.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2973/pl_n0_55-2025_institui_o_programa_prefeitura_nos_bairros.pdf</t>
   </si>
   <si>
     <t>Projeto de lei do Prefeito Municipal, que institui o programa ´´Prefeitura nos Bairros`` da cidade.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3004/projeto_de_lei_que_autoriza_o_poder_executivo_a_instituir_o_programa_municipal_de_microcredito_produtivo_solidario...._destinado_ao_fomento....pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3004/projeto_de_lei_que_autoriza_o_poder_executivo_a_instituir_o_programa_municipal_de_microcredito_produtivo_solidario...._destinado_ao_fomento....pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Vereador Vanderjaime, que Ao autoriza o Poder Executivo Municipal a Instituir o Programa Municipal de Microcrédito Produtivo Solidário (PROMICRO-ALTAMIRA), destinado ao Fomento de Pequeno Empreendimentos Urbanos e Rurais.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3009/projeto_de_ley_maykon_pontes.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3009/projeto_de_ley_maykon_pontes.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROIBIÇÃO DE MÚSICAS E COREOGRAFIAS COM CONTEÚDOS RELACIONADOS A SEXO, DROGAS E CONDUTAS IMPRÓPRIAS NAS UNIDADES ESCOLARES, SEJA DA REDE PÚBLICA MUNICIPAL E/OU PARTICULAR NO MUNICÍPIO DE ALTAMIRA-PARÁ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>Chesther Pedro, Assis Cunha, Enfermeira Wilha, Enfermeiro Jaime, Mercês Costa, Silvano Fortunato, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3066/pl_059_-_conjunto_-_altera_nome_de_proprio_a_av._joao_pessoa_passa_a_denominar-se_av._xingu.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3066/pl_059_-_conjunto_-_altera_nome_de_proprio_a_av._joao_pessoa_passa_a_denominar-se_av._xingu.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei, que indique alterar a Denominação de Logradouro Publico no Município de Altamira e dá outras providencias.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3071/camscanner_01-08-2025_13.39_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3071/camscanner_01-08-2025_13.39_2.pdf</t>
   </si>
   <si>
     <t>INSTITUI a semana municipal de atividades físicas e bem-estar no município de ALTAMIRA/PA e da outras providencias.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3072/pl_061-diogo_-_institui_o_programa_mun._de_inclusao_digital_comunitaria.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3072/pl_061-diogo_-_institui_o_programa_mun._de_inclusao_digital_comunitaria.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE INCLUSÃO DIGITAL COMUNITARIA NO MUNICIPIO DE ALTAMIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3077/06.08.2025_projeto_de_lei_maria_curumaru.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3077/06.08.2025_projeto_de_lei_maria_curumaru.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ALTAMIRA – ESTADO DO PARÁ, no uso das atribuições que lhe são conferidas por lei, aprova:_x000D_
 Art. 1º A via pública atualmente denominado Acesso Quatro, no bairro Jardim independente I, passa a denominar-se “Rua Maria de Nazaré Caramuru</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3080/pl_acuidade_visual.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3080/pl_acuidade_visual.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre a implementação do Programa Municipal de Acuidade Visual e Distribuição Gratuita de Óculos – LENTES DA ESPERANÇA – para alunos do ensino fundamental da rede publica de Altamira,  e dá outras providencias.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3083/pl__assinado_-_merces_-_dia_municipal_do_carimbo_merces.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3083/pl__assinado_-_merces_-_dia_municipal_do_carimbo_merces.pdf</t>
   </si>
   <si>
     <t>“Institui o “Dia Municipal do Carimbó” no Município de Altamira e dá outras providências.”</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3094/pl_festival_folclorico_de_altamira_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3094/pl_festival_folclorico_de_altamira_assinado.pdf</t>
   </si>
   <si>
     <t>Institui, no calendário Oficial de eventos do Municipio de altamira-pá, a Realização do festival Folclórico de altamira na Terceira semana do mês de Agosto, e dá outras Providências.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>``Capacita Jovem`` Que Disciplina No Âmbito Municipal A Contratação De Jovem Aprendiz, Estabelece Incentivos Fiscais A Empresas E Pessoas Físicas Contratantes E Dá Outras Providências.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3102/pl_cooperativa.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3102/pl_cooperativa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar sucatas, veículos, peças e materiais inservíveis ou abandonados nos pátios das secretarias municipais à Cooperativa de Trabalho dos Catadores de Materiais Recicláveis da Transamazônica e Xingu – COOPERTRAX, com vistas à reciclagem, geração de renda e certificação ambiental de Altamira como cidade sustentável.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3108/pl__assinado-_merces_-_dia_municipal_da_biblia.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3108/pl__assinado-_merces_-_dia_municipal_da_biblia.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Bíblia no Município de Altamira, Estado do Pará, e dá outras providências.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3109/whatsapp_scan_2025-08-13_at_11.10.42.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3109/whatsapp_scan_2025-08-13_at_11.10.42.pdf</t>
   </si>
   <si>
     <t>Institui no calendário municipal de eventos do município de altamira, estado do pará, o aniversário de castelo de sonhos.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3120/pl_-_ruas_de_esporte_e_lazer_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3120/pl_-_ruas_de_esporte_e_lazer_assinado.pdf</t>
   </si>
   <si>
     <t>Institui, o programa “ruas de Esporte e lazer” no município De altamira e dá outras Providências.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3127/projeto_de_lei_71_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3127/projeto_de_lei_71_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da política municipal de combate à exploração infantil na internet e à cyberpedofilia e dá outras providências.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3137/projeto_de_lei_aniversario_de_cachoeira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3137/projeto_de_lei_aniversario_de_cachoeira.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALTAMIRA O ANIVERSÁRIO DE CACHOEIRA DA SERRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_bombeiro_civil.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_bombeiro_civil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Departamento Municipal de Bombeiro Civil no âmbito do Município de Altamira, Estado do Pará, e dá outras providências.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3154/pl__assinado_02_-_merces_-_institui_o_programa_cuidando_do_cuidador_familiar.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3154/pl__assinado_02_-_merces_-_institui_o_programa_cuidando_do_cuidador_familiar.pdf</t>
   </si>
   <si>
     <t>Institui o Programa: “Cuidando do Cuidador Familiar” no Município de Altamira – PA, e dá outras providências.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3158/camscanner_28-08-2025_12.21.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3158/camscanner_28-08-2025_12.21.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE EQUOTERAPIA NO MUNICÍPIO DE ALTAMIRA/PA, VOLTADO A PESSOAS COM DEFICIÊNCIA E NECESSIDADES ESPECIAIS, ESTABELECE CRITÉRIOS TÉCNICOS E PARCERIAS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3159/versao_final_ppa_2026-2029_altamira_pa_ass.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3159/versao_final_ppa_2026-2029_altamira_pa_ass.pdf</t>
   </si>
   <si>
     <t>Plano Plurianual (PPA) do Município de Altamira para o quadriênio 2026-2029.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3165/camscanner_03-09-2025_11.47.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3165/camscanner_03-09-2025_11.47.pdf</t>
   </si>
   <si>
     <t>Reconhece o Centro de Desenvolvimento Integral Luzes na Amazônia como entidade de utilidade Pública no município de Altamira e dá outras providencias.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3199/pl_ex_prefeito_armindo_denardin.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3199/pl_ex_prefeito_armindo_denardin.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 690, de 1996, e denomina o Parque de Exposições Feira Agropecuária de Altamira de Armindo Denardin”.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3202/pl_079-diogo_-_dia_municipal_do_jiu-jitsu.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3202/pl_079-diogo_-_dia_municipal_do_jiu-jitsu.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal do JIU-JITSU no município de Altamira/PA e dá outras providências .</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3205/camscanner_15-09-2025_13.03_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3205/camscanner_15-09-2025_13.03_1.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Projeto de Abertura de Lei para abertura de Credito Especial.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3217/projeto_de_lei_obrigatoriedade_de_30_dias_exame_de_mama.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3217/projeto_de_lei_obrigatoriedade_de_30_dias_exame_de_mama.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade da realização do exame de mamografia no prazo máximo de 30 (trinta) dias a partir da solicitação médica, no âmbito do Município de Altamira, e dá outras providências.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3237/projeto_de_lei_082-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3237/projeto_de_lei_082-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do Imposto sobre a Transmissão de Bens Imóveis (ITBI) para os imóveis adquiridos por meio do Programa Minha Casa, Minha Vida (PMCMV) - Faixа 01, no âmbito do Município de Altamira, e dá outras providências.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3240/projeto_de_lei_n0_83-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3240/projeto_de_lei_n0_83-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRAR ACORDOS EM PROCESSOS JUDICIAIS E ADMINISTRATIVOS, COM OU SEM TRÂNSITO EM JULGADO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>Prince Couto, Tercio Brito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3260/projeto_de_084-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3260/projeto_de_084-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICIPIO DE ALTAMIRA-PA A REALIZAÇÃO DO FESTIVAL DE CULTURA E JOGOS INDÍGENAS DO XINGU, DECLARA-O COMO PATRIMÔNIO CULTURAL MATERIAL E IMATERIAL DO MUNICIPIO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3272/camscanner_08-10-2025_12.50.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3272/camscanner_08-10-2025_12.50.pdf</t>
   </si>
   <si>
     <t>´´Institui no âmbito da Administração Pública Municipal de Altamira o Programa Municipal de Estágio denominado "PRIMEIROS PASSOS", estabelecendo diretrizes para a concessão de estágios remunerados_x000D_
 voluntários a estudantes regularmente matriculados em instituições de ensino e dá outras providências".</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3273/camscanner_08-10-2025_12.54.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3273/camscanner_08-10-2025_12.54.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO DE AREA PÚBLICA COM FINS DE DESTINAÇÃO AO_x000D_
 ATENDIMENTO DE INTERESSE PUBLICO DE REMEMBRAMENTO_x000D_
 POSTERIOR DAS QUADRAS 'Q' E_x000D_
 'P' E VIAS ALAMEDA AVAÍ E PASSAGEM 05 DO LOTEAMENTO JARDIM_x000D_
 INDEPENDENTE I, PARTE II.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3274/camscanner_08-10-2025_12.58.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3274/camscanner_08-10-2025_12.58.pdf</t>
   </si>
   <si>
     <t>"CRIA O PRÊMIO MELHOR ESTUDANTE DE ALTAMIRA NO ÂMBITO DA REDE PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3282/projeto_de_lei_copos_e_canudos_platicos_-_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3282/projeto_de_lei_copos_e_canudos_platicos_-_2.pdf</t>
   </si>
   <si>
     <t>COMPLEMENTA, NO ÂMBITO DOMUNICÍPIO DE ALTAMIRA, AS DISPOSIÇÕES DA LEI ESTADUAL Nº 9.229, DE 24 DE MARÇO DE 2021, AO PROIBIR A       COMERCIALIZAÇÃO, O FORNECIMENTO E A DISTRIBUIÇÃO DE COPOS E CANUDOS PLÁSTICOS DESCARTÁVEIS NÃO BIODEGRADÁVEIS, REFORÇANDO AS DIRETRIZESDA POLÍTICA NACIONAL DERESÍDUOS SÓLIDOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3291/camscanner_21-10-2025_09.35.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3291/camscanner_21-10-2025_09.35.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a contratar operações de crédito com a Caixa Econômica Federal ou com outra instituição financeira no valor de R$._x000D_
 80.000.000,00 (oitenta milhões de reais) e dá outras providências.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3292/camscanner_21-10-2025_09.51.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3292/camscanner_21-10-2025_09.51.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICÍPIO DE ALTAMIRA; FIXA O LIMITE MÁXIMO PARA A CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO A PLANO DE BENEFÍCIOS DE PREVIDÊNCIA COMPLEMENTAR; DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3294/camscanner_21-10-2025_10.47.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3294/camscanner_21-10-2025_10.47.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Altera dispositivos da Lei Municipal n.° 3.397, de 14 de junho de 2022, que dispõe sobre a regulamentação da construção e funcionamento de Postos Revendedores e de Abastecimento de Combustíveis - PRAC's no âmbito do Município de Altamira, acrescentando ao art. 1ª, os §§ 4º, 5º e 6ª e alteração da redação do art. 4ª e inclusão do parágrafo único e dá outras providências.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3295/camscanner_21-10-2025_11.13.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3295/camscanner_21-10-2025_11.13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual da remuneração dos servidores públicos do Poder Executivo do Município de Altamira e dá outras providências.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3304/camscanner_23-10-2025_09.45.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3304/camscanner_23-10-2025_09.45.pdf</t>
   </si>
   <si>
     <t>RECONHECE O INSTITUTO SOCIAL AMBIENTAL VIDAS DO XINGU, COMO ENTIDADE DE UTILIDADE PÚBLICA NO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3305/camscanner_23-10-2025_09.54.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3305/camscanner_23-10-2025_09.54.pdf</t>
   </si>
   <si>
     <t>RECONHECE E DECLARA COMO ENTIDADE DE UTILIDADE PÚBLICA NO MUNICÍPIO DE ALTAMIRA SINDICATO DOS PESCADORES ARTESANAIS_x000D_
 AGRICULTORES DO MUNICÍPIO DE ALTAMIRA - SINDIPAMT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_orcamentario_anual_e_anexo_exercicio_2026.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_orcamentario_anual_e_anexo_exercicio_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Altamira/PA, para o exercício financeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3344/camscanner_11-11-2025_09.30_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3344/camscanner_11-11-2025_09.30_1.pdf</t>
   </si>
   <si>
     <t>´´Altera a alínea "k" do inciso / do Art. 2° da Lei Municipal n.° 3.423, de 30 de dezembro de 2022, alterado pela Lei Municipal n. 3.465 de 29 de novembro de 2023, e dá outras providências"</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3363/camscanner_14-11-2025_09.02.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3363/camscanner_14-11-2025_09.02.pdf</t>
   </si>
   <si>
     <t>Institui o selo ''AÇAÍ SEGURO'' no âmbito do municipal de Altamira/PA, como instrumento de certificação sanitária e qualidade do produto, e dá outras providências.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3366/camscanner_17-11-2025_08.52.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3366/camscanner_17-11-2025_08.52.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PROGRAMA RESTAURANTES POPULARES NO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3427/camscanner_01-12-2025_13.19_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3427/camscanner_01-12-2025_13.19_1.pdf</t>
   </si>
   <si>
     <t>Institui a Gratificação de Regime Especial de Trabalho (GRET) e o Adicional de Risco de Vida para os servidores integrantes do cargo de Guarda Civil Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3428/camscanner_01-12-2025_13.30.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3428/camscanner_01-12-2025_13.30.pdf</t>
   </si>
   <si>
     <t>SUMULA: Dispõe sobre a criação da Agência Reguladora Geral de Altamira (ARGA) e dá outras providências.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3429/camscanner_01-12-2025_13.40.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3429/camscanner_01-12-2025_13.40.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL "VIVER BEM"DE ESPORTE, LAZER E DESENVOLVIMENTO SOCIAL NO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3430/camscanner_01-12-2025_13.49.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3430/camscanner_01-12-2025_13.49.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Altera dispositivos da Lei Municipal n.° 3.397, de 14 de junho de 2022, que dispõe sobre a regulamentação da construção e funcionamento de Postos Revendedores e de Abastecimento de Combustíveis - PRAC's no âmbito do Município de Altamira, alterando a redação do art. 1ª, art. 4ª com inclusão do parágrafo único, e art. 5ª, e dá outras providências.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3442/camscanner_05-12-2025_11.56.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3442/camscanner_05-12-2025_11.56.pdf</t>
   </si>
   <si>
     <t>''Institui o Código Sanitário do Município de Altamira, dispõe sobre as normas de proteção e promoção da saúde no âmbito municipal, e dá outras providencias.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Enfermeira Wilha, Engenheiro Diogo Pereira, Mayckon Pontes, Prince Couto, Tercio Brito</t>
   </si>
   <si>
     <t>Projeto de Resolução que altera o Artigo 59 da Regime Interno bem, como o item ll do §4 do Artigo 1° da Resolução n° 004/2023 que regulamenta o Artigo 72 do Regimento Interno da Câmara Municipal de Altamira e das Outras Providências.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>Projeto de resolução que institui o prêmio " Delsa Barros".</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2908/projeto_de_resolucao_003-2025_-_institui_o_programa_de_camara_itinerante.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2908/projeto_de_resolucao_003-2025_-_institui_o_programa_de_camara_itinerante.pdf</t>
   </si>
   <si>
     <t>Institui o Programa " CMA PARA TODAS" Câmara Itinerante, no Município de Altamira.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3235/camscanner_26-09-2025_09.39.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3235/camscanner_26-09-2025_09.39.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do dia e horário das reuniões ordinárias das Comissões Permanentes da Câmara Municipal de Altamira e dá outras providencias.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3444/projeto_de_resolucao_005_-_sapl_-_altamira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3444/projeto_de_resolucao_005_-_sapl_-_altamira.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 005/2025, da Mesa Diretora, que regulamenta os processos legislativo, administrativo e protocolo eletrônico, o sítio eletrônico e e-mails oficiais, os sistemas de comunicação e informação e os mecanismos para assegurar a transparência ativa e passiva da Câmara Municipal de Altamira.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>De iniciativa da Vereadora Mercês Costa e a Enf. Wylha, requerem a realização de uma Sessão Solene em homenagem ao Dia Internacional da Mulher a ser realizada no Dia 17 de março de 2025, as 09 hrs.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>Solicita Informações urgente aos órgãos competentes sobre o leilão de água e esgoto das microrregiões do Estado do Pará, previsto para a primeira quinzena de Abril de 2025, tal concessão será realizada pelo Estado com base na Lei Complementar n° 171/2023, que institui a Microrregião de Águas e Esgoto do Estado do Pará.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>Dr. Rodrigo Carvalho, Assis Cunha, Enfermeira Wilha, Enfermeiro Jaime, Juliano Brisch, Mayckon Pontes, Mercês Costa, Prince Couto, Roni Heck, Sargento do Buriti, Silvano Fortunato, Tercio Brito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3369/camscanner_18-11-2025_09.20.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3369/camscanner_18-11-2025_09.20.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e Vereadoras que este subscreve, no uso de suas atribuições legais e regimentais, com fundamento no art. 138 do Regimento Interno desta Casa de Leis, vêm, respeitosamente, perante Vossa Excelência, REQUERER a inclusão automática na Ordem do Dia de 18/11/2025, para discussão e votação imediata em segundo turno, das seguintes proposições já aprovadas em primeiro turno:</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3364/camscanner_14-11-2025_09.24.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3364/camscanner_14-11-2025_09.24.pdf</t>
   </si>
   <si>
     <t>O Vereador MAYCKON PONTES, no uso de suas atribuições legais conferidas pela Lei Orgânica do Município e pelo Regimento Interno da Câmara Municipal de Altamira, através da presente sugere ao Plenário da Câmara Municipal de Altamira, Emenda Modificativa ao Artigo 5°, da Lei Municipal n° 3263, de 30 de novembro de 2017, que altera e acrescenta à Lei Municipal n.° 3245/2017, que determina horário de funcionamento dos Bares, Lanchonetes e Similares e Casas de Shows e Eventos em geral no município de Altamira e dá outras providências.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>EMEC</t>
   </si>
   <si>
     <t>Emendas em Conjunto</t>
   </si>
   <si>
     <t>Enfermeira Wilha, Enfermeiro Jaime, Engenheiro Diogo Pereira, Mercês Costa, Prince Couto, Roni Heck, Sargento do Buriti, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3001/proposta_de_emenda_ver._eilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3001/proposta_de_emenda_ver._eilha.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva ao Projeto de Lei Nº 040/2025, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>Engenheiro Diogo Pereira, Assis Cunha, Chesther Pedro, Enfermeiro Jaime, Silvano Fortunato, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3411/camscanner_26-11-2025_11.17.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3411/camscanner_26-11-2025_11.17.pdf</t>
   </si>
   <si>
     <t>Destinamos o valor de R$ 933.572,46 (novecentos e trinta e três mil, quinhentos setenta e dois reais e quarenta e seis centavos), a Secretária Municipal de Saúde, Prefeitura Municipal de Altamira, para aquisição dos equipamentos constantes no anexo a presente</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3412/camscanner_26-11-2025_11.29.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3412/camscanner_26-11-2025_11.29.pdf</t>
   </si>
   <si>
     <t>Destinamos o valor de R$ 933.572,46 (novecentos e trinta e três mil, quinhentos setenta e dois reais e quarenta e seis centavos), a Secretária Municipal Saúde, para aquisição dos equipamentos para Unidade Neonatal do Hospital Geral de Altamira - HGA, constantes no anexo à presente._x000D_
 Engenheiro Diogo Pereira</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>Engenheiro Diogo Pereira, Assis Cunha, Chesther Pedro, Dr. Rodrigo Carvalho, Enfermeira Wilha, Enfermeiro Jaime, Juliano Brisch, Mayckon Pontes, Mercês Costa, Prince Couto, Roni Heck, Sargento do Buriti, Silvano Fortunato, Tercio Brito, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3431/camscanner_01-12-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3431/camscanner_01-12-2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA CONJUNTA AO PROJETO DE LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO DE ALTAMIRA PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>INDC</t>
   </si>
   <si>
     <t>Indicação em Conjunto</t>
   </si>
   <si>
     <t>Referente a PMA, que por meio da Secretária Municipal de Altamira realize a reforma e ampliação da unidade básica de saúde Jader Barbalho.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>Prince Couto, Sargento do Buriti</t>
   </si>
   <si>
     <t>Indique a PMA, um Programa de Apoio Psicossocial para Servidores Públicos.</t>
   </si>
@@ -11088,51 +11079,51 @@
   <si>
     <t>Indique a PMA, a reforma da Escola de Música de Altamira.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>Mayckon Pontes, Roni Heck, Tercio Brito</t>
   </si>
   <si>
     <t>Indique a PMA, a abertura do RESTAURANTE POPULAR dos bairros Mutirão e Centro aos Sábados.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>Indique a PMA, a criação de uma Faixa de Pedestre em ao Restaurante Popular do Bairro Mutirão.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>Mercês Costa, Roni Heck</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_-_merces__roni_emef_joao_paulo_pdf_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_-_merces__roni_emef_joao_paulo_pdf_assinado.pdf</t>
   </si>
   <si>
     <t>Indique a PMA realizar serviço de reforma geral na escola EMEIF JOÃO PAULO II e construção de seis salas de aulas e arquibancadas na quadra de esporte da referifda escola, localizada na Rua Mogno, 27 - Distrito de Castelo dos Sonhos – CEP 68379-200 - Altamira - PA._x000D_
 Segue anexo OFICIO Nº. 036/2025 Da  Escola Municipal de Ensino Infantil e Fundamental João Paulo II.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>Indique a PMA, o serviço de pavimentação asfáltica ou bloqueamento nas ruas Dionísio Bentes, 10 de agosto, Ramiro de Oliveira e Oliveira Neto; nas TV Haroldo de Melo e Júlio Marques e, na Avenida dos Vencedores, no Bairro Dom Lorenzo.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>Indique a PMA, a realização do serviço de instalação de um Ponto de Ônibus (parada de coletivos), na Rua Coronel José Porfírio, próximo ao semáforo com a Travessa Pedro Gomes.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>Indique a PMA, a reativação e reforma do Parque de Exposição Antônio Inácio de Lucena.</t>
   </si>
   <si>
     <t>2518</t>
@@ -11159,909 +11150,918 @@
   <si>
     <t>Indica ao Senhor Prefeito Dr. Loredan Mello através da Secretaria Competente a contratação do Médico Cardiologista para a Unidade de Pronto Atendimento (UPA 24h).</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>Indique a PMA, para realização de mutirões de cirurgias de laqueaduras no munícipio de Altamira.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>De iniciativa dos vereadores, Silvano Fortunato e Vanderjaime Santos, que faça a contratação de Médico, Enfermeiro e Dentista, para atenderem nas Unidades básicas de saúde UBS da Vila Canopus e Vila Cabocla.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>indicação dos Vereadores Silvano Fortunato e Enfermeiro Vanderjaime, que sugere que seja implantado o serviço de transporte público coletivos em horários diurnos para a praia do Massanóri.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_conjunta_-_merces_e_wilha_-_reforma_do_samu_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_conjunta_-_merces_e_wilha_-_reforma_do_samu_assinada.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da Secretaria competente, que seja realizada uma reforma geral nas instalações do Serviço de Atendimento Móvel de Urgência (SAMU) no município de Altamira.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>Mercês Costa, Enfermeira Wilha</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_conjunta_-_merces_e_wilha-_recuperacao_ramal_das_chacaras_pdf_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_conjunta_-_merces_e_wilha-_recuperacao_ramal_das_chacaras_pdf_assinada.pdf</t>
   </si>
   <si>
     <t>Indique ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, por meio da secretaria competente, realizar o serviço de Pavimentação asfáltica ou bloqueteamento com infraestrutura, calçamento, linha d’água e esgotamento sanitário do Ramal das Chácaras entre os loteamentos Viana e São Francisco.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_conjunta_-_merces_e_wilha_-_academia_ao_ar_livre_emef_oneide_de_sousa_tavares_pdf_assinada.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_conjunta_-_merces_e_wilha_-_academia_ao_ar_livre_emef_oneide_de_sousa_tavares_pdf_assinada.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, realizar a aquisição e instalação de uma academia ao ar livre na E.M.E.I.F. ONEIDE DE SOUSA TAVARES, localizada na Rua José Francelino de Barros Zona Rural – Agrovila Vale Piauiense - Km 23 BR 230 Transamazônica / Altamira-PA</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_10_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_10_1.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve sugere à Mesa Diretora, ouvida o augusto e_x000D_
 soberano plenário, na forma Regimental, que INDIQUE ao excelentíssimo_x000D_
 senhor Dr. Loredan de Andrade Mello – Prefeito Municipal, através das_x000D_
 Secretarias competentes, a realização de Campanha de Conscientização Sobre_x000D_
 Contracepção Masculina e Mutirão de Cirurgia de Vasectomia, através do HGAHospital_x000D_
 Geral de Altamira.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2610/manutencao_pista_do_cilon_e_ponto_alto_leiloes_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2610/manutencao_pista_do_cilon_e_ponto_alto_leiloes_assinado.pdf</t>
   </si>
   <si>
     <t>solicitando providências para a realização de reforma e melhorias nas_x000D_
 pistas de motocross do Cilon e na área do Ponto Alto Leilões, ambas situadas na zona urbana de_x000D_
 Altamira.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>Silvano Fortunato, Chesther Pedro, Enfermeiro Jaime</t>
   </si>
   <si>
     <t>Indicação em Conjunto de iniciativa dos vereadores Silvano Fortunato, Vanderjaime e Chesther Pedro, que indique ao senhor Dr. Loredan Mello  - Prefeito Municipal de Altamira, através da Secretaria Municipal de Obras, Viação e Infraestrutura – SEMOVI, realizar os serviços de terraplanagem, pavimentação asfáltica ou bloqueteamento nas Travessas; Aracaju, Maceió, João Pessoa e Mendonça, no bairro Vista Alegre.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>Indicação em Conjunto de iniciativa dos vereadores Vanderjaime e Silvano Fortunato indique ao senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria Municipal de Agricultura, seja criado um Programa municipal de financiamento para a construção de barcaças para produtores rurais do município.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>Chesther Pedro, ASSIS CUNHA, Enfermeiro Jaime</t>
   </si>
   <si>
     <t>Indicação em Conjunto de Iniciativa dos vereadores Chesther Pedro, Assis Cunha e Enfermei Jaime, sugere o Senhor Dr. Loredan Mello - Prefeito Municipal de Altamira, através da Secretaria competente, fazer a reforma da ponte localizada no Travessão Tatajuba.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2651/ass_indicacao_conjunta_-_merces_e_roni__-_asfalto_castelo_de_sonhos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2651/ass_indicacao_conjunta_-_merces_e_roni__-_asfalto_castelo_de_sonhos.pdf</t>
   </si>
   <si>
     <t>Iindique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, o serviço de pavimentação asfáltica ou bloqueteamento com infraestrutura, calçamento, linha d’água e esgotamento sanitário das ruas Mogno, Elton Palaoro e Luis Palaoro, situadas nos arredores da EMEIF João Paulo II, localizadas no Distrito de Castelo de Sonhos, Altamira – Pará.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>Mercês Costa, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2650/ass_indicacao_conjunta_-_merces_e_victor_-_cobertura_quadra_de_esportes_emef_ulisses.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2650/ass_indicacao_conjunta_-_merces_e_victor_-_cobertura_quadra_de_esportes_emef_ulisses.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, a construção de Cobertura para a quadra de esportes e arquibancada de concreto da EMEIF Ulisses Guimarães e construção de 03 lombofaixas no entorna da referida escola, nas avenidas: Av. Via Oeste, Av. Tancredo Neves e Rua Anfrísio Nunes.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2652/ass_indicacao_conjunta_-_merces_e_roni_-_construcao_escola_castelo_de_sonhos.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2652/ass_indicacao_conjunta_-_merces_e_roni_-_construcao_escola_castelo_de_sonhos.pdf</t>
   </si>
   <si>
     <t>Indique ao Excelentíssimo Senhor Dr. Loredam Mello Prefeito Municipal de Altamira, através da secretaria competente, a construção de duas salas, cozinha, refeitório e banheiro nas escolas anexas a EMEF João Paulo II, sendo a EMEIF PDS Brasília localizada na comunidade PDS Brasília e a Escola EMEF Esperança localizada na comunidade Esperança IV, ambas situadas no Distrito de Castelo de Sonhos Altamira Pará.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>Victor da Foccus, Chesther Pedro, Enfermeiro Jaime, Silvano Fortunato</t>
   </si>
   <si>
     <t>Indicação em conjunto dos Vereadores Victor Conde, Silvano Fortunato, Chesther Pedro e Enfermeiro Jaime, que ao Senhor Prefeito através da Secretaria competente, o atendimento com arbitragem oficial para os seguintes campeonatos:_x000D_
 1 - Ninho do Urubu - categoria de veteranos_x000D_
 2 - Igarapé Altamira - categoria de veteranos_x000D_
 3 - Campeonato Haras do Vanderlan 50 Tão_x000D_
 4 - Campeonato - Poeirão   _x000D_
 5 - Campeonato Altamirense de Futsal - Organização da Liga Altamirense de Futsal (LAF)</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>Silvano Fortunato, Chesther Pedro, Enfermeiro Jaime, Juarez Giachini - Palito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao__bela_vista__brasilia_e_mutirao_conjunta.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao__bela_vista__brasilia_e_mutirao_conjunta.pdf</t>
   </si>
   <si>
     <t>Os vereadores que estas subscrevem sugerem à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, através da Secretaria competente, realizar o serviço de terraplanagem, e o serviço de pavimentação asfáltica ou bloqueteamento na Travessa: Santarém, no bairro Vista Alegre, como também realizar o serviço de pavimentação asfáltica na travessa Pedro Miranda, bairro Brasília, rua 06 e rua 9 do bairro mutirão.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_aressa_conjunta.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_aressa_conjunta.pdf</t>
   </si>
   <si>
     <t>Os vereadores que estas subscrevem sugere à Mesa Diretora, ouvida o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Melo – Prefeito Municipal de Altamira, Sugere ao Prefeito Municipal fomentar parceria com a direção da ARESSA -  Associação Recreativa dos Servidores de Saúde de Altamira, com a finalidade esta e ele parceria público privada, conforme legislação vigente, buscando meios para restaurar e revitalizar, o Clube associativo em parceira, de modo a disponibilizar o espaço para o usufruto dos servidores públicos municipais, garantindo  atividades de lazer, recreação, esportivas, assim como, um espaço de confraternização, encontros e eventos, voltados para o funcionalismo público e suas famílias, em dias de feriados e finais de semana, promovendo para os servidores da prefeitura bem estar social e coletivo.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>Victor da Foccus, Chesther Pedro, Enfermeira Wilha, Enfermeiro Jaime, Juarez Giachini - Palito, Mercês Costa, Silvano Fortunato</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_conjuntos_ver._victor_e.....pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_conjuntos_ver._victor_e.....pdf</t>
   </si>
   <si>
     <t>Indicação Conjunto dos vereadores Victor Conde, Enfermeiro Jaime, Chesther Pedro, Silvano Fortunato, Enfermeira Wilha, Mercês Costa, Juarez Giachini e Assis Cunha. que solicita ao Senhor Prefeito Dr. Loredan Mello, Interceda através da Secretaria de Esporte e Lazer do Estado Pará, no Sentido de Assegurar as Seleções esportivas de Altamira sejam devidamente escritas, organizadas e encaminhadas para participarem dos jogos abertos do Pará (JOAPA) e dos jogos estudantis do Pará (JEPs).</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao_conjunto_dos_vereadores_victor_e.....pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao_conjunto_dos_vereadores_victor_e.....pdf</t>
   </si>
   <si>
     <t>Indicação Conjunto dos vereadores Victor Conde, Enfermeiro Jaime, Chesther Pedro, Silvano Fortunato, Enfermeira Wilha, Mercês Costa, Juarez Giachini e Assis Cunha. que solicita ao Senhor Prefeito Dr. Loredan Mello, Interceda através da Secretarias Competentes, nas Seguintes intervenções:  Reforma estrutural das instalações do Estádio, Instalação de sistema de irrigação automatizada no campo de jogo, melhoria e nivelamento do gramado com replantio e tratamento técnico adequado, Instalação de sistema de iluminação em Led para uso noturno, modernização de vestiários, arquibancadas e demais dependências funcionais.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>Mercês Costa, Engenheiro Diogo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2688/assinada_indicacao_conjunta_-_merces_e_diogo_-__posto_de_saude_bonanza.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2688/assinada_indicacao_conjunta_-_merces_e_diogo_-__posto_de_saude_bonanza.pdf</t>
   </si>
   <si>
     <t>Os vereadores Mercês Costa e Engenheiro Diogo indicam ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, após a elaboração de estudos de viabilidade técnica, financeira e jurídica pela Prefeitura Municipal de Altamira, a construção de um posto de saúde no bairro Bonanza, para atender às comunidades dos bairros Bonanza, Bacana e moradores da Estrada do Massanori.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2689/assinada_indicacao_conjunta_-_merces_e_wilha-_reforma_cemiterio.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2689/assinada_indicacao_conjunta_-_merces_e_wilha-_reforma_cemiterio.pdf</t>
   </si>
   <si>
     <t>As vereadoras Mercês Costa e Enfermeira Wilha indicam ao Excelentíssimo Senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, que sejam promovidas melhorias na infraestrutura do Cemitério São Sebastião, localizado no Km 4, incluindo a elevação dos muros frontais para maior segurança, a reforma das guaritas dos vigias, a instalação de iluminação interna adequada, a construção de um cruzeiro na parte posterior do cemitério como espaço de reflexão, a pavimentação da área onde foram sepultadas as vítimas da Covid-19, situada ao fundo do cemitério, e a reforma da capela, garantindo condições dignas para homenagens e cerimônias.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>Enfermeira Wilha, Engenheiro Diogo Pereira</t>
   </si>
   <si>
     <t>Indicação da Vereadora Enfermeira Wilha, que Solicita ao Senhor Dr. Loredam Mello Prefeito Municipal, através da Secretaria competente, a realização de recapeamento asfáltica, calçamento e implantação de linha d´água nas vias do bairro Ibiza. como:_x000D_
 Travessa Júlio Marques - 360 metros_x000D_
 Passagem 6 - 195 metros_x000D_
 Rua Raimundo Lobato - 575 metros_x000D_
 Rua Milton Melo - 420 metros_x000D_
 Passagem 4 - 400 metros.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>Chesther Pedro, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_da_piscina_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_da_piscina_assinado.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita a reforma para retorno do funcionamento das piscinas do Centro Desportivo do bairro Premem, com destinação a projetos beneficentes.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>Sargento do Buriti, Mayckon Pontes, Prince Couto</t>
   </si>
   <si>
     <t>Indicação em Conjunto de iniciativa dos vereadores Sargento do Buriti, Mayckon Pontes  e Prince Couto, que sugere ao Dr. Loredan Mello Prefeito de Altamira Pará, que realize em local adequado a Escola Municipal de Forção de Condutores de veículos automotores, conforme previsto na Lei municipal n°3.345/2021.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>Indicação em Conjunto de iniciativa dos vereadores Sargento do Buriti, Mayckon Pontes e Prince Couto, que sugere ao Dr. Loredan Mello Prefeito de Altamira Pará, a Implantação de uma Unidade do Cras Móvel (Centro de referencia de Assistência Social Móvel) com objetivo de levar os serviços sócio assistenciais aos bairros mas afastados e as comunidade rurais de difícil acessos.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2756/indicacao_21-2025_-_vaquejada_anual__assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2756/indicacao_21-2025_-_vaquejada_anual__assinado.pdf</t>
   </si>
   <si>
     <t>Indique à PMA, inclusão de uma Festa de Vaquejada no Calendário Oficial de Eventos da Prefeitura de Altamira.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_em_conjunto_47_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_em_conjunto_47_.pdf</t>
   </si>
   <si>
     <t>Indicação em Conjunto dos Vereadores Roni Heck e Maycon Pontes, que solicita ao Senhor Dr. Loredan Mello Prefeito Municipal através da Secretaria competente, faça a reforma e inauguração da EMEIF Princesa do Xingu.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_conjunta_-__posto_de_saude_bairro_jd_ind_i_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_conjunta_-__posto_de_saude_bairro_jd_ind_i_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que indique ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, após a elaboração de estudos de viabilidade técnica, financeira e jurídica pela Prefeitura Municipal de Altamira, a construção de um posto de saúde no bairro Jardim Independente I.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2764/indicacao_conjunta_assinada_-__reforma_das_calcadas_piso_tatil_e_rampas.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2764/indicacao_conjunta_assinada_-__reforma_das_calcadas_piso_tatil_e_rampas.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, sugere à Mesa Diretora, ouvido o Augusto Soberano Plenário, na forma regimental, que indique ao excelentíssimo senhor Dr. Loredam Mello – Prefeito Municipal de Altamira, através da secretaria competente, a  construção e adequação de calçadas com piso tátil para orientação de pessoas com deficiência visual, rampas de acesso para cadeirantes, além de sinalização adequada e padronizada.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>Tercio Brito, Roni Heck</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_tercio_brito.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_tercio_brito.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, promover uma Copas das Secretarias Municipais envolvendo todas as modalidades esportivas.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_23-2025_conjunta_-_festival_de_verao_orla_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_23-2025_conjunta_-_festival_de_verao_orla_assinado.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, instituir o Festival de Verão na praia artificial da Orla do Cais, com a devida inclusão no calendário oficial de eventos do município, no mês de setembro.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>Roni Heck, Mayckon Pontes, Prince Couto, Sargento do Buriti, Tercio Brito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_conjunto_52-2025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_conjunto_52-2025.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscreve, fundamentado nas disposições contidas no Regimento Interno desta Casa, indicar ao Executivo Municipal solicita senhor Prefeito Municipal e sua secretaria competente SEGMUC que seja providenciado um posto de salva-vidas na praia da orla da cidade.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_conjunta_4.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_conjunta_4.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Enf. Wilha ao Exmo. Sr. Loredan Mello – Prefeito Municipal, através da Secretaria competente, Solicita a reforma da quadra localizada na Rua 5, bairro Mutirão.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>Roni Heck, Mayckon Pontes, Mercês Costa, Prince Couto, Sargento do Buriti, Tercio Brito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_conjunta_02.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_conjunta_02.pdf</t>
   </si>
   <si>
     <t>Indicação em Conjunto Nº_________/2025._x000D_
  Excelentíssimo Senhor Presidente,_x000D_
 Excelentíssimas Senhora Vereadoras e_x000D_
 Excelentíssimos Senhores Vereadores_x000D_
 _x000D_
 Os vereadores que esta subscreve, fundamentado nas disposições contidas no Regimento Interno desta Casa, indicar ao Executivo Municipal solicita senhor Prefeito Municipal e sua secretaria competente comando médico na comunidade Princesa Xingu.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_em_conjunto_n_ilha_do_chicote_.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_em_conjunto_n_ilha_do_chicote_.pdf</t>
   </si>
   <si>
     <t>Os vereadores que estas subscrevem sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria competente, realize os seguintes serviços; Reforma completa da atual Unidade de Saúde, construção de mais uma sala de atendimento, construção de banheiros masculinos e femininos, aquisição de cadeiras adequadas para os pacientes e instalação de bebedouros de água potável.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_em_conjunto_criacao_de_um_local_adequado_para_o_estacionamento_e_organizacao_dos_veiculos_que_prestam_servicos_de_frete_no_municipio_de_altamira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_em_conjunto_criacao_de_um_local_adequado_para_o_estacionamento_e_organizacao_dos_veiculos_que_prestam_servicos_de_frete_no_municipio_de_altamira.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Criação de um local adequado para o estacionamento e organização dos veículos que prestam serviços de frete no município de Altamira.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_em_conjunto_implantacao_de_cameras_na_orla_do_cais_s.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_em_conjunto_implantacao_de_cameras_na_orla_do_cais_s.pdf</t>
   </si>
   <si>
     <t>indique a PMA, a A implantação de câmeras de monitoramento nas áreas de banhistas da Orla de Altamira</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2907/indicacao_em_conjunto_n_ilha_do_chicote_2705.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2907/indicacao_em_conjunto_n_ilha_do_chicote_2705.pdf</t>
   </si>
   <si>
     <t>Os vereadores que estas subscrevem sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, determine a Secretaria competente, realize os seguintes serviços; Reforma do poço existente, instalação de uma nova bomba, caixa d’água, mangueiras novas, fiação elétrica adequada, manilhas para o poço, na comunidade ribeirinha Ilha do Chicote.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2911/copao_rural_assinado.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2911/copao_rural_assinado.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, vêm_x000D_
 respeitosamente apresentar a seguinte indicação, solicitando que seja encaminhado expediente ao_x000D_
 PODER EXECUTIVO MUNICIPAL que, por meio da Secretaria Municipal de Esporte e Lazer,_x000D_
 seja criado o “Copão Rural”, voltado às comunidades do Assurini e região, incluindo Quatro Bocas,_x000D_
 Babaquara, Travessão da Firma e Agrovila Sol Nascente</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>Tercio Brito, Mayckon Pontes, Prince Couto, Roni Heck, Sargento do Buriti</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2912/republica_federativa_do_brasil_-_estado_do_para_2.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2912/republica_federativa_do_brasil_-_estado_do_para_2.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, promover a ação Prefeitura nos Bairros: A Gestão Chegou, nos Bairros Jatobá, Mutirão e Paixão de Cristo.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2913/republica_federativa_do_brasil_-_estado_do_para_3.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2913/republica_federativa_do_brasil_-_estado_do_para_3.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Augusto e Soberano Plenário, na forma regimental, solicita ao Excelentíssimo Senhor Loredan Mello – Prefeito Municipal de Altamira, através da Secretaria competente, promover a ação Prefeitura nos Bairros: A Gestão Chegou, no Bairro Brasília.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2921/indicacao_em_conjunto_geraldo_emidio3.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2921/indicacao_em_conjunto_geraldo_emidio3.pdf</t>
   </si>
   <si>
     <t>indique a PMA, A Reforma Da Escola Municipal Geraldo Emídio bezerra e Quadra da escola, Localizada No Bairro bela vista, Travessa Joao Paulo II.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>Silvano Fortunato, Chesther Pedro, Enfermeiro Jaime, Juarez Giachini - Palito, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2942/indicacao_em_conjunto_comando_de_saude_ilha_do_c..pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2942/indicacao_em_conjunto_comando_de_saude_ilha_do_c..pdf</t>
   </si>
   <si>
     <t>Os vereadores que estas subscrevem sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, através da Secretaria Municipal de Saúde, realizar um comando de saúde, disponibilizando os serviços de consultas médicas, dentários e outros, na comunidade ribeirinha Ilha do Chicote.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>Silvano Fortunato, Enfermeiro Jaime, Juarez Giachini - Palito, Victor da Foccus</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_em_conjunto_secretarias_empreendedorismo.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_em_conjunto_secretarias_empreendedorismo.pdf</t>
   </si>
   <si>
     <t>Os vereadores que estas subscrevem sugere à Mesa Diretora, ouvido o Augusto soberano Plenário, na forma Regimental, que INDIQUE ao Excelentíssimo senhor Dr. Loredan de Andrade Mello – Prefeito Municipal de Altamira, encaminhar a Câmara Municipal de Altamira, um Projeto de Lei, criando a Secretaria de Empreendedorismo e Economia Criativa.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>Prince Couto, Engenheiro Diogo Pereira, Mayckon Pontes, Roni Heck, Sargento do Buriti, Tercio Brito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2945/indicacao_35-2025_-_projeto_adote_uma_praca__assinado_001.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2945/indicacao_35-2025_-_projeto_adote_uma_praca__assinado_001.pdf</t>
   </si>
   <si>
     <t>Indicação em Conjunto de iniciativa dos vereadores Prince Couto, Mayckon Pontes, Sargento do Buriti, Tércio Brito, Eng Diogo Pereira e Roni Heck, que sugere ao Dr. Loredan Mello Prefeito de Altamira-Pará, fazer cumprir o que determina a Lei 3.370/2022, que Institui o Programa de Apadrinhamento de Espaços Públicos e da outras Providencias</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>Mayckon Pontes, Engenheiro Diogo Pereira, Prince Couto, Roni Heck, Sargento do Buriti, Tercio Brito</t>
   </si>
   <si>
     <t>INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade de Mello - Prefeito Municipal, através da Secretaria competente, a realização de comandos médicos itinerantes nos bairros Bonanza, Jatobá, Viena e Brasília, com o objetivo de garantir atendimento á população dos bairros citados.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade de Mello - Prefeito Municipal, através da Secretaria competente, a realização de comandos médicos itinerantes nos bairros Buriti, Bela Vista e Santa Ana com o objetivo de garantir atendimento á população dos bairros citados.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2971/ind_conj_enf_wilha_e_eng_diogo_1.docx</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2971/ind_conj_enf_wilha_e_eng_diogo_1.docx</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa, indico ao Excelentíssimo Senhor Dr. Loredan Mello – Prefeito Municipal de Altamira, por meio da Secretaria Municipal de Infraestrutura, que sejam realizadas as seguintes intervenções nos ramais Dispensa 1 e Dispensa 2, na região do Assurini.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>Roni Heck, Juarez Giachini - Palito, Mayckon Pontes, Mercês Costa, Prince Couto, Sargento do Buriti, Tercio Brito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2995/indicacoes_conjunta_4.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2995/indicacoes_conjunta_4.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, fundamentado nas disposições contidas no Regimento Interno desta Casa, indicar ao Executivo Municipal, Dr. Loredan Mello interceder junto ao Ministro das Cidades, Jader Filho, para que das 1.444 unidades habitacionais do Programa Minha Casa Minha Vida, destinadas a Altamira, 200 sejam destinadas ao Distrito de Castelo de Sonhos.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2989/solicita_a_coleta_regular_de_lixo_nas_comunidades_sol_nascente_e_quatro_bocas_pdf_1.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2989/solicita_a_coleta_regular_de_lixo_nas_comunidades_sol_nascente_e_quatro_bocas_pdf_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor Loredan Mello, Prefeito Municipal de Altamira, que seja providenciada, com a máxima urgência,  a inclusão da comunidade Sol Nascente na rota regular de coleta de lixo do município.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao_conjunto_merces_prince_e_sargento.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao_conjunto_merces_prince_e_sargento.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Sargento do Buriti, Prince Couto e Mercês de Jesus Ribeiro Costa. no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor: WREDAN MELLO, Prefeito de Altamira, sugerir ao Executivo Municipal a seguinte INDICAÇÃO, Prefeito Municipal de Altamira, que seja providenciada, com a máxima urgência, uma estrutura adequada para o descarte e coleta de lixo doméstico na Agrovila 4 Bocas, situada na região do Assurini.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_em_conjunto_maykon_e_prince.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_em_conjunto_maykon_e_prince.pdf</t>
   </si>
   <si>
     <t>INDIQUE ao excelentíssimo senhor Dr. Loredan de Andrade Mello - Prefeito Municipal, através da Secretaria competente, solicito que seja realizado o serviço de pavimentação asfáltica ou bloqueamento com infraestrutura, nas seguintes vias públicas. Rua Alameda W Seis, Rua Alameda W Dois, Rua Alameda W Três, Rua Astides Sousa, todas no bairro independente ll.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>Sargento do Buriti, Mayckon Pontes, Mercês Costa, Prince Couto, Tercio Brito</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3034/camscanner_18-06-2025_11.56.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3034/camscanner_18-06-2025_11.56.pdf</t>
   </si>
   <si>
     <t>Indique a PMA, A Construção de uma nova escola no Travessão do Caja 2</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3074/indicacao_conjunta_assinada_-_merces_e_diogo_-_ressonancia_magnetica.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3074/indicacao_conjunta_assinada_-_merces_e_diogo_-_ressonancia_magnetica.pdf</t>
   </si>
   <si>
     <t>Os vereadores Mercês Costa e Engenheiro Diogo, cumprindo o papel de legítimos representantes do povo e atendendo às demandas da comunidade, sugerem à Mesa Diretora, ouvida esta Augusta e Soberana Casa Plenária, nos termos regimentais, que se Indique o encaminhamento ao Excelentíssimo Senhor Helder Barbalho, Governador do Estado do Pará, solicitação para que, por meio da Secretaria competente, que sejam viabilizados o aumento do aditivo para exames de Ressonância Magnética disponibilizados para a 10ª Regional de Saúde – SESPA.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>Chesther Pedro, Enfermeira Wilha, Mayckon Pontes, Mercês Costa, Prince Couto, Sargento do Buriti</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3116/rampa_municipal20250814_10470784.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3116/rampa_municipal20250814_10470784.pdf</t>
   </si>
   <si>
     <t>indique a PMA, sugere a criação de uma rampa municipal para pescadores amadores e banhistas.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_assinada_cj_merces_e_wilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_assinada_cj_merces_e_wilha.pdf</t>
   </si>
   <si>
     <t>As vereadoras que esta subscrevem vêm, respeitosamente, sugerir à Mesa Diretora, ouvido o Augusto Soberano Plenário desta Casa, na forma regimental, apresentar ao Excelentíssimo Senhor Presidente da Câmara Municipal de Altamira a seguinte indicação, solicitando que, após ciência deste soberano Plenário, seja encaminhada ao Excelentíssimo Senhor Helder Zahluth Barbalho, Governador do Estado do Pará, bem como à Secretaria de Estado de Educação (SEDUC-PA), a seguinte providência:_x000D_
 Solicitação de Providências quanto à Realocação Emergencial e Construção de Nova Sede da EEEFM Getúlio Vargas – Altamira/PA</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_em_conjunto_caja_i.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_em_conjunto_caja_i.pdf</t>
   </si>
   <si>
     <t>Indicação em conjunto dos vereadores Victor da Foccus e enfermeiro Jaime Indica a PMA a execução de serviço de terraplanagem no travessão do Cajá I e nas entradas dos colonos, na região do Assurini</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>Sargento do Buriti, Engenheiro Diogo Pereira, Prince Couto</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_em_conjunto.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_em_conjunto.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Sargento do Buriti, Prince Couto e Diogo Pereira, Presidente da Câmara Municipal_x000D_
 de Altamira, no uso de suas atribuições legais e regimentais, vêm, respeitosamente, indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Altamira, Loredan Mello, que seja realizada a seguinte_x000D_
 melhoria no pórtico de entrada da cidade:_x000D_
 Alteração da cor do pórtico para as cores oficiais do município de Altamira;_x000D_
 * Inclusão de ilustrações que representem nossa cultura, destacando as tradições indígenas, o_x000D_
 cacau e a pecuária (gado), símbolos da identidade local;_x000D_
 * Construção de uma calçadas com bancos em volta do pórtico, a fim de possibilitar que turistas_x000D_
 e visitantes parem com segurança para tirar fotos e registrar a entrada em nossa cidade._x000D_
 * Que inclua o mapa do município e a quantidade de etnias.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>Roni Heck, Juliano Brisch</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3228/indicacoes_11.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3228/indicacoes_11.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscreve, fundamentado nas disposições contidas no Regimento Interno desta Casa, indicamos que após deliberação do Plenário, à Mesa Diretora encaminhe a presente matéria solicitar a sua intercessão junto à Prefeitura Municipal de Altamira a construção de um barracão coberto para atender os feirantes do distrito de Castelo de Sonhos.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3248/indicacoes_12.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3248/indicacoes_12.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscreve, fundamentado nas disposições contidas no Regimento Interno desta Casa, indicamos que após deliberação do Plenário, à Mesa Diretora encaminhe a presente matéria solicitar a sua intercessão junto à Prefeitura Municipal de Altamira a construção de um barracão coberto para atender os feirantes do distrito de Cachoeira da Serra.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>Mercês Costa, Mayckon Pontes</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3283/indicacao_conj_assinada-_merces_e_mayckon_-_ampliacao_da_estrutura_fisica_do_cei_ruth_passarinho.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3283/indicacao_conj_assinada-_merces_e_mayckon_-_ampliacao_da_estrutura_fisica_do_cei_ruth_passarinho.pdf</t>
   </si>
   <si>
     <t>Os vereadores Mercês Costa e Mayckon Pontes, cumprindo seus papeis de legítimos representantes do povo e atendendo às demandas da comunidade, apresentam à Mesa Diretora, ouvido o Augusto e Soberano Plenário, na forma regimental, a presente indicação, solicitando que seja encaminhada ao Excelentíssimo Senhor Dr. Loredam Mello, Prefeito Municipal de Altamira, para que, por meio da Secretaria competente, sejam realizados os serviços de ampliação da estrutura física do Centro de Educação Infantil Ruth Passarinho</t>
   </si>
   <si>
+    <t>2636</t>
+  </si>
+  <si>
+    <t>Chesther Pedro, ASSIS CUNHA, Enfermeira Wilha, Enfermeiro Jaime, Mercês Costa, Silvano Fortunato, Victor da Foccus</t>
+  </si>
+  <si>
+    <t>Projeto de Lei em conjunto de Iniciativa dos vereadores Chesther Pedro, Silvano Fortunato, Assis Cunha, Victor Conde, Enfermeiro Jaime, Mercês Costa e Enfermeira Wilha, que sugere ao Senhor Dr. Loredan Mello Prefeito de Altamira, fica alterada a denominação da via pública atualmente "Rua João Pessoa, localizada no bairro Recreio, passando a ser "Avenida Rio Xingu".</t>
+  </si>
+  <si>
     <t>3386</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3386/brnb42200422d8a_051890.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3386/brnb42200422d8a_051890.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 155.595,41 (cento e cinquenta e cinco mil, quinhentos e noventa e cinco reais e quarenta e um centavos). à Secretaria Municipal de Saúde, para aquisição de uma ambulância para a comunidade Princesa do Xingu.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3387/emenda_impositiva_mayckon_24-11-2025_08.26.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3387/emenda_impositiva_mayckon_24-11-2025_08.26.pdf</t>
   </si>
   <si>
     <t>Destina o valor de R$ 155.595,41 (cento e cinquenta e cinco mil, quinhentos e noventa e cinco reais e quarenta e um centavos). à Secretaria Municipal de Saúde, para aquisição de uma ambulância para a comunidade Princesa do Xingu.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3388/emenda_impositiva_prince_couto__24-11-2025_08.23.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3388/emenda_impositiva_prince_couto__24-11-2025_08.23.pdf</t>
   </si>
   <si>
     <t>Destina o valor de R$ 155.595,41 (cento e cinquenta e cinco mil, quinhentos e noventa e cinco reais e quarenta e um centavos). à Secretaria Municipal de Saúde, para realizar a ampliação e modernização da unidade de saúde da Agrovila Vale Piauiense no km 23, bem como a construção de uma sala de espera climatizada com cadeiras, tv e espaço kids, gabinete odontológico moderno, aquisição de novos equipamentos: Sonar para batimentos cardíacos Fetais, Balança e Otoscópio.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3389/emenda_impositiva_vanderjaime__24-11-2025_08.19.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3389/emenda_impositiva_vanderjaime__24-11-2025_08.19.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 155.595,41 ( cento e cinquenta e cinco mil, quinhentos e noventa e cinco reais e quarenta e um centavos), à SECRETARIA MUNICIPAL DE SAÚDE, para a aquisição de equipamentos para Unidade de Saúde de Vila Canaã, no Travessão da Firma.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3392/camscanner_24-11-2025_09.56.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3392/camscanner_24-11-2025_09.56.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 155.595,41 (CENTO E CINQUENTA E CINCO MIL, QUINHENTOS E NOVENTA E CINCO REAIS E QUARENTA E UM CENTAVOS), PARA MANUNTEÇÃO DOS EQUIPAMENTOS HOSPITALARES DO HGA, POIS É ESSENCIAL PARA GARANTIR O BOM FUNCIONAMENTO DOS ATIVOS E A SEGURANÇA DOS PACIENTES.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3393/1._emenda_impositiva_-_artroscopia.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3393/1._emenda_impositiva_-_artroscopia.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 175.595,41 (cento e setenta e cinco mil, quinhentos e noventa e cinco reais e quarenta e um centavos), à Secretária Municipal de Saúde - SESMA, com a finalidade exclusiva de financiar à realização de 20 (vinte) procedimentos cirúrgicos de Artroscopia do Joelho para tratamento de Lesão Meniscal.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3394/camscanner_26-11-2025_10.50.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3394/camscanner_26-11-2025_10.50.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 12.200,00 (doze mil e duzentos reais), à Secretária Municipal de Saúde, com a finalidade exclusiva de aquisição de 04 (quatro) centrais de ar 12 BTUS, 01 (um) bebedouro industrial - 50 litros para o CAPS – Altamira.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3395/camscanner_26-11-2025_11.00.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3395/camscanner_26-11-2025_11.00.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 4.000,00 (quatro mil reais), ao Serviço de Convivência e Fortalecimento de Vínculos São Domingos, para aquisição de 01 (uma) geladeira.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3396/6._emenda_impositiva_-_bebedouro_multifuncional.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3396/6._emenda_impositiva_-_bebedouro_multifuncional.pdf</t>
   </si>
   <si>
     <t>O vereador Rodrigo Carvalho Santos, destinou o valor de R$ 8,800,00 (oito mil e oitocentos reais), a Secretaria Municipal de Obras, Viação e Infraestrutura - SEMOVI, com a finalidade exclusiva de financiar à aquisição e instalação de um bebedouro público multifuncional, na Praça do Anel Viário de Altamira.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3397/4._emenda_impositiva_-_criacao_de_um_espaco_sensorial.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3397/4._emenda_impositiva_-_criacao_de_um_espaco_sensorial.pdf</t>
   </si>
   <si>
     <t>O vereador Rodrigo Carvalho Santos, destinou o valor de R$ 50,000,00 (cinquenta mil reais), a Secretaria Municipal de Obras, Viação e Infraestrutura - SEMOVI, com a finalidade exclusiva de financiar à construção de um Espaço Sensorial para o estimulo e inclusão de crianças com TEA, na Praça da Paz de Altamira.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3398/5_emenda_impositiva_-_demutran.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3398/5_emenda_impositiva_-_demutran.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 60.595,41 (sessenta mil, quinhentos e noventa e cinco reais e quarenta e um centavos), ao DEMUTRAN, com a finalidade de exclusiva de execução do Programa Agente de Trânsito Mirim.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3399/camscanner_24-11-2025_11.59.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3399/camscanner_24-11-2025_11.59.pdf</t>
   </si>
   <si>
     <t>O vereador Tércio Brito destino R$ 155.595,41 (CENTO E CINQUENTA E CINCO MIL, QUINHENTOS E NOVENTA E CINCO REAIS E QUARENTA E UM CENTAVO), APOIO PARA A REALIZAÇÃO DOS CAMPEONATOS IDEALIZADOS PELA LEAL (LIGA ESPOR ESPORTIVA ALTAMIRENSE).</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3400/emenda_impostiva_-_saude._enfermeira_wilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3400/emenda_impostiva_-_saude._enfermeira_wilha.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 155.595,41 (Cento e cinquenta e cinco mil, quinhentos e noventa e cinco reais e quarenta e um centavos), à   Saúde do Município de Altamira para realizar o atendimento das demandas relacionadas à inserção de DIU (Dispositivo Intrauterino), à realização de cirurgias eletivas, procedimentos de laqueadura e suporte a equipe responsável pela Ambulancha do lado do Assurini como estrutura e alimentação para os mesmos.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3401/camscanner_24-11-2025_12.27.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3401/camscanner_24-11-2025_12.27.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ 155.595,41 (cento e cinquenta e cinco mil, quinhentos e noventa e cinco reais e quarenta e um centavos), à Secretaria Municipal de Saúde, para aquisição de equipamento para a UPA Unidade de Pronto Atendimento de Altamira e também para o Hospital_x000D_
 Geral de Altamira - HGA.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3402/camscanner_27-11-2025_11.54.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3402/camscanner_27-11-2025_11.54.pdf</t>
   </si>
   <si>
     <t>Destino o valor de R$ R$ 120.595,41 (Cento e Vinte mil, quinhentos e noventa e cinco reais e quarenta e um centavos), para a Secretaria Municipal de Saúde, para aquisição de Equipamentos hospitalares e odontológicos para a Unidade Básica de Saúde do Bairro Buriti e 35.000,00 (Trinta e cinco mil) destinado a aquisição de equipamentos eletrônicos para o CTA (Centro de Testagem e Aconselhamento).</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>PROPOSTAS DE EMENDAS IMPOSITIVAS Nº 001, 002, 003, 004, 005, 006, 007, 008, 009, 010, 011, 013, 015, 016 E 019/2025, DE INICIATIVAS DOS VEREADORES AO PROJETO DE LEI Nº 095/2025, DO EXECUTIVO MUNICIPAL QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALTAMIRA, PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3293/camscanner_21-10-2025_10.33.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3293/camscanner_21-10-2025_10.33.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORGÂNICA DO MUNICÍPIO DE ALTAMIRA - PA, ESTABELECENDO REGRAS PARA_x000D_
 REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE ALTAMIRA - PA, DE ACORDO COM A EMENDA_x000D_
 CONSTITUCIONAL N.° 103, DE 2019.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2773/veto_01_ao_pl_019_da_enfermeira_wilha.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2773/veto_01_ao_pl_019_da_enfermeira_wilha.pdf</t>
   </si>
   <si>
     <t>Veto Integral de autoria do Poder Executivo Município, ao Projeto de Lei n 019/2025de iniciativa da Vereadora enfermeira Wilha, que dispõe sobre a criação do Programa Família Acolhida.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2774/veto_ao_pl_015_do_vereador_diogo_pereira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2774/veto_ao_pl_015_do_vereador_diogo_pereira.pdf</t>
   </si>
   <si>
     <t>Veto Parcial de autoria do Poder Executivo Município, ao Projeto de Lei n 015/2025de iniciativa do Vereador Engenheiro Diogo Pereira, que Institui o Programa Escola Aberta para futuros., no município de Altamira</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2775/veto_ao_pl_16_do_vereador_diogo_pereira.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2775/veto_ao_pl_16_do_vereador_diogo_pereira.pdf</t>
   </si>
   <si>
     <t>Veto Parcial de autoria do Poder Executivo Município, ao Projeto de Lei n 016/2025 de iniciativa da Vereador Diogo Pereira, que dispõe sobre a obrigatoriedade de instalação de sistema denominado "Botão do Pânico" em toda as unidades da Rede Pública municipal de Ensino e Unidades Básicas de Saúde (UBSs).</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição e Justiça e de Redação</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3124/parecer_da_comissao_ccjr_pl_64.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3124/parecer_da_comissao_ccjr_pl_64.pdf</t>
   </si>
   <si>
     <t>- Parecer da Comissão de Constituição e Justiça e Redação favorável à aprovação do Projeto de Lei de nº 064/2025, de autoria da vereadora Mercês Costa, que institui o Dia Municipal do Carimbó e dá outras providências.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3125/parecer_da_comissao_ccjr_pl_652025.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3125/parecer_da_comissao_ccjr_pl_652025.pdf</t>
   </si>
   <si>
     <t>- Parecer da Comissão de Constituição e Justiça e Redação favorável à aprovação do Projeto de Lei nº 065/2025, de iniciativa do vereador Victor Conde, que institui no Calendário Oficial de Eventos do município de Altamira-PA, a realização do Festival Folclórico de Altamira na terceira semana do mês de agosto e dá outras providências.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3126/parecer_da_comissao_ccjr.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3126/parecer_da_comissao_ccjr.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação ao Projeto de Lei no 060/2025, de iniciativa do vereador Engenheiro Diogo, que institui a semana municipal de atividades físicas e bem-estar no município de Altamira/PA e dá outras providências".</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3130/ordinaria_22_-_26.08.25.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3130/ordinaria_22_-_26.08.25.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 066/2025, de iniciativa do poder executivo, que dispõe sobre a criação do programa "Capacita Jovem", que disciplina no âmbito municipal a contratação de jovem aprendiz, estabelece incentivos fiscais a empresas e pessoas físicas contratantes e dá outras providências.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3220/parecer_da_ccjr_favoravel_a_aprovacao_pl_49-dr._rodrigo_-_rota_turistica.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3220/parecer_da_ccjr_favoravel_a_aprovacao_pl_49-dr._rodrigo_-_rota_turistica.pdf</t>
   </si>
   <si>
     <t>REF.: PROJETO DE LEI DE Nº 049/2025, QUE INSTITUI A ROTA TURÍSTICA "ENCANTOS DE ALTAMIRA'", NO MUNICÍPIO DE ALTAMIRA (PA), ,INCLUINDO ATIVIDADES DE IMERSÃO NA CULTURA INDÍGENA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3236/parecer_ccjr_favoravel_a_aprovacao_pl_52-diogo_-_consciencia_indigena.pdf</t>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3236/parecer_ccjr_favoravel_a_aprovacao_pl_52-diogo_-_consciencia_indigena.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DE Nº 052/2025, QUE INSTITUI O "DIA MUNICIPAL DA CONSCIÊNCIA INDÍGENA" NO MIUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>- PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FAVORÁVEL À PROVAÇÃO DO PROJETO DE LEI Nº 052/25, DE INICIATIVA DO VEREADOR ENGENHEIRO DIOGO, QUE INSTITUI O “DIA MUNICIPAL DA CONSCIÊNCIA INDÍGENA” NO MUNICÍPIO DE ALTAMIRA, A SER CELEBRADO ANUALMENTE EM 19 DE ABRIL, INTEGRANDO O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>- PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FAVORÁVEL À PROVAÇÃO DO PROJETO DE LEI Nº 068/25, DE INICIATIVA DA VEREADORA MERCÊS COSTA, QUE INSTITUI O “DIA MUNICIPAL DA BÍBLIA, NO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>- PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FAVORÁVEL À PROVAÇÃO DO PROJETO DE LEI Nº 069/25, DE INICIATIVA DO VEREADOR RONI HECK, QUE INSTITUI NO CALENDÁRIO MUNICIPAL DE EVENTOS DO MUNICÍPIO DE ALTAMIRA, ESTADO DO PARÁ, O ANIVERSÁRIO DE CASTELO DE SONHOS.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
@@ -12090,50 +12090,59 @@
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 071/25, DE INICIATIVA DO VEREADOR ENGENHEIRO DIOGO, QUE DISPÕE SOBRE A CRIAÇÃO DA POLÍTICA MUNICIPAL DE COMBATE À EXPLORAÇÃO INFANTIL NA INTERNET E À CYBERPEDOFILIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E DA COMISSÃO DE FINANÇAS E TRIBUTAÇÃO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 089/2025, DO EXECUTIVO MUNICIPAL, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO NO VALOR DE R$ 80.000.000,00 (OITENTA MILHÕES DE REAIS), JUNTO À CAIXA ECONÔMICA FEDERAL OU OUTRA INSTITUIÇÃO FINANCEIRA.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 100/2025, DO EXECUTIVO MUNICIPAL, QUE SOBRE A CRIAÇÃO DA AGÊNCIA REGULADORA GERAL DE ALTAMIRA (ARGA), AUTARQUIA EM REGIME ESPECIAL DESTINADA À REGULAÇÃO, CONTROLE E FISCALIZAÇÃO DOS SERVIÇOS PÚBLICOS DELEGADOS PELO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 101/2025, DO EXECUTIVO MUNICIPAL, QUE INSTITUI A POLÍTICA MUNICIPAL “VIVER BEM” DE ESPORTE, LAZER E DESENVOLVIMENTO SOCIAL NO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 102/2025, DO EXECUTIVO MUNICIPAL, QUE ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3397, DE 14 DE JUNHO DE 2022, REGULAMENTANDO A CONSTRUÇÃO E O FUNCIONAMENTO DE POSTOS REVENDEDORES E DE ABASTECIMENTO DE COMBUSTÍVEIS (PRAC’S) NO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3453</t>
+  </si>
+  <si>
+    <t>http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3453/parecer_ao_pl_55-2025_.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DE COMISSÃO DO PROJETO DE LEI Nº 055/2025, DE INICIATIVA DO EXECUTIVO MUNICIPAL, QUE INSTITUI O PROGRAMA 'PREFEITURA NOS BAIRROS' NO ÂMBITO DO MUNICÍPIO DE ALTAMIRA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>PRESE</t>
   </si>
   <si>
     <t>Presença na Sessão</t>
   </si>
   <si>
     <t>Presença na 01ª Sessão Ordinária</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>Presença na 24ª Sessão Ordinária</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>Presença na 25ª Sessão Ordinária</t>
   </si>
@@ -12545,56 +12554,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2327/indicacao_0012025_assis_cunha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_-_atendimento_fono_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_-_merces_-_manutencao_corretiva_av_via_oeste_pdf.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_-_merces_-_poco_km_23_pdf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_-_merces_-_ruas_km_23_pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2501/camscanner_20-03-2025_09.49.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2502/republica_federativa_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2503/camscanner_20-03-2025_09.47.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2533/26.03.2025_ndicacao_asfalto_liberdade_pedro_vieira__jatoba_etc.....pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2534/26.03.2025_indicacao_recuperacao_brasilia_monte_siao_etc.....pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2535/indicacao11assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2536/26.03.2025_ndicacao_terraplanagem_ramal_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2537/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2538/indicacao_-_merces__terceiro_turno_ubs_jd_ind_i_assinada.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2539/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_ponte_2.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_ponte_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_ladeira.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacaao_solicitacao_de_construcao_de_abrigos_do_transporte_coletivo_na_cidade_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacaoexpansao_dos_atendimentos_das_escolas_de_musica_e_danca_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2562/jogos_estudantis_do_xingu.__assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao10assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2572/02.04.2025_indicacao__continuacao_lot_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2573/02.04.2025_indicacao_rota_de_fuga__cont._ayrton_senna_i_e_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2574/02.04.2025_indicacao__ruas_lot._airton_senna_i.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_-_merces__playground_academia_santa_benedita_assinada.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacoes_14.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2592/camscanner_03-04-2025_10.08.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2593/indicacoes_15.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2594/camscanner_03-04-2025_10.10.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacoes_16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_-_merces__reforma_quadra_emeif_rilza_acacio_sao_domingos_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_-_merces__pontes_ramal_da_03_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_11-2025__-__roco_e_limpeza_.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2620/republica_federativa_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2624/agua_azul_1_tapa_buraco__assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2625/agua_azul_2_tapa_buraco__assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_13-2025_-___lombo-faixas_.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_14-2025__-__calcada_e_linha_d_agua.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_15-2025__-__academia_ao_ar_livre_.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_para_quadera_de_esporte_santa_benedita_assinada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_calendario_de_veraneio_altamira_assinada.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2641/servico_de_endocospia_no_sistema_publico_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_14.pdf.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2647/ass_indicacao_-_merces_-__emei_e_creche_e_eja_bonanza.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2648/ass_indicacao_-_merces_-_creche_princesa_do_xingu.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2649/ass_indicacao_-_merces_-_creche_ruth_passarinho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_mayckon.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_processo_seletivo_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_fabrica.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2666/indicacao_praca_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2667/tapa_buraco_sao_joaquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2668/tapa_buraco_casa_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2669/tapa_buraco_joao_rodrigues__assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_mayckon_pontes.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao_enf._jaime_1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacoes_ver._enf._jaime_02.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2678/indicacoes_enf._jaime_03.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2679/execucao_da_sinalizacao_vertical_horizontal_e_placas_de_indicacao_dos_nomes_das_ruas_do_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2680/solicitacao_de_construcao_de_espaco_coberto_para_a_realizacao_da_feira_livre_do_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2681/solicitacao_de_doacao_de_area_e_apoio_na_construcao_de_espaco_para_a_associacao_de_moradores_do_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_16-2025__-__praca_brigadeiro_edu..__.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_18-2025_-___local_instagramavel__.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_17-2025__-__vagas_estacionamento_djalma__.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2685/assinada_indicacao_-_merces_-_programa_escola_que_protege.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2686/assinada_indicacao_-_merces_-_regularizacao_dos_ceps.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2687/assinada_indicacao_-_merces_-_revitalizacao_da_lagoa_ind_ii.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2697/indicacao_natea_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2698/indicacao_ubsf_-.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2699/ind._mesa_de_negociacao_-.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_-_tavaquara.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_-_creche_aldenira.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2710/20.04.2025_ndicacao_adptacao_ubs_alberto_soares_para_a_escola-.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_remuneracao_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2719/ind._audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2721/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2722/endurela_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2723/ruas_sao_joaquim_alecrim2c_manjericao2c_louro2c_pequi_e_roma2c_todas_situadas_no_bairro_ruc_sao_joaquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_-_van_movel_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2725/indicacao_quadra_poliesportiva_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_n_283-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_n0_2842025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2728/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2731/marcha_para_jesus_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2732/independente_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_288_enfermeira_wilha.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2735/indicacoes_289_enfermeira_wilha_.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_290_enfermeira_wilha_.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_upa_28_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_20-2025__-__reforma_trapiche_orla_do_cais_e_praca_infantil____.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_293_enfermeiro_jaime.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2740/indicacao_294_enfermeiro_jaime_.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2741/indicacao_295_enfermeiro_jaime_.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2742/praca_do_estudante20250429_09094295.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2743/libras_e_braile20250429_09120832.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2744/solicitacao_de_execucao_de_rampa_para_pe.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_29_s.mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2746/indicacao_saude_bucal_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2748/indicacao_reforma_do_posto_de_saude_cipo_ambe.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2750/indicacao_assinada_-_merces_-_lama_negra_transporte_publico.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2751/indicacao_assinada_-_merces_-_ruas_ind_i_modesto_silva.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2752/indicacao_assinada_-_merces-_cras_itinerante.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2753/indicacao_tercio_brito.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2754/29.04.2025_ndicacao__ponte_do_tucurui.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2755/29.04.2025_indicacao__titularizacao..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_emef_paulo_benicio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2760/30.04.2025__ndicacao_ruas_da_brasilia_commapa_certo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2761/tapa-buraco_mutirao_2c_pintura_de_meio-fio_e_rocagem_nas_seguintes_vias_do_bairro_mutirao_-_rua_um2c_rua_dois2c_rua_tres2c_rua_quatro_e_rua_sete_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2762/tapa-buracos_e_pintura_de_meio-fio_nas_seguintes_vias_do_ruc_laranjeiras_rua_curimata2c_rua_piratininga2c_rua_jau2c_rua_tambaqui_e_rua_matrinxa_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2765/terraplanagem_e_rocagem_na_via_de_acesso_ao_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_adcional_salarial.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_317-2025_ver._silvano.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2771/indicacao_nova_colina.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_contratacao_de_um_profissional_fisioterapeuta_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2785/tapa_buraco_santa_benedita_e_sao_domingos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_22-2025_-_construcao_trapiche_enrocamento.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_24-2025__-__paisagismo_canteiro_central__.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_06_travessoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_ibiza_07_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2791/07.05.2025_indicacao__titularizacao_sol_nascente_com_mapa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2792/07.05.2024_ndicacao_trasporte_publico_cupiuba.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2793/07.05.2025_indicacao__titularizacao_srrinha_e_princesa.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2795/indicacao_-_bairro_aparecida__assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_avenida_leste_oeste_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2798/implantacao_de_atividades_de_danca_especialmente_aulas_de_zumba_nos_bairros_do_municipio__alterada1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2799/oftalmologista20250507_12055238.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2800/instalacao_das_cameras20250507_11581745.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2801/indicacao_enf._wilha.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_assinada-_merces_-_recuperacao_estrada_capembas.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2805/indicacao_assinada_-_merces_-_recuperacao_estrada_babaquara_no_assurini.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_assinada_-_merces_-_alagamento_final_da_rua_belem_premem.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_ultrassom_morfologica.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_reforma_do_predio_g.m.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_vereador_chesther.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_altaprev_.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_2_vereador_chesther_.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_retroativo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_352_vereadora_wilha.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_vereador_sargento.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2821/indicacao_n_ruc_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_n_cirurgia_de_labios.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_santa_benedita__assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2827/14.05.2025_indicacao_espelho_do_queijeiro_da_baiana_boa_sorte_interligandl.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2828/deposito_comunitario_na_praia_do_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_cartilha2.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2830/operacao_tapa-buraco_rua_tome-acu2c_avenida_xingu_e_travessa_castanhal2c_djalma_dutra_e_joao_coelho_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2831/14.05.2024_ndicacaoeno_travessao_do_cajueiro_ramal_das_lages_ramal_do_limao_ramal_do_indio_preto_e_o_desvio_do_cajueiro_ao_ramal_do__carrapato..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_regularizacao_fundiaria__assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_364-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_iluminacao_campo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_comando_medico__assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_25-2025_-___ciclo_via_via_oeste__.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_26-2025__-__requalificacao_da_praia_da_orla__.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_27-2025__-__ambulancia_____.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2839/14.11.2024_ndicacaoempissaramento_ramal_itaboca_certo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2840/republica_federativa_do_brasil_-_estado_do_para_1.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2841/republica_federativa_do_brasil_-_estado_do_para.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2842/republica_federativa_do_brasil_-_estado_do_para_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2843/recuperacao_e_ampliacao_travessa_02_assinada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2844/cirquito_naciona_de_vaquejada_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_de_providencias_para_resolver_de_forma_definitiva_o_problema_de_abastecimento_e_qualidad.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_do_laranjeira_2_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2847/acesso2_assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_assinada_-_merces_-_adequacao_das_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_assinada_-_merces_-_creche_irma_serafina.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_assinada_-_merces_-_reforma_praca_das_mangueiras_assurini.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_-_reforma_das_quadras_colina_e_idependente_i.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_ubirajara_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_aumento_salarial_garis_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_bairro_dnit_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2863/20.05.2025_indicacao_a_construcao_da_escola_cleidiane_de_sousa_araujo_no_travessao_da_firma_no_ituna_3_assurini.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2864/20.05.2024_ndicacaoacesso_03_e_04_e_travessa_deoclides_de_almeida_certo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2865/20.05.2025_indicacao_reassentamento_monte_siao.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_fitoterapico_.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2872/nucleo_multiprofissional.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2873/mudanca_nome_de_rua_antonio_brito_3.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2874/reforma_do_letreiro_da_praia_do_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_d._e_cameras.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_sudam_2.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_reforma_e_ampliacao_dos_banheiros_do_mercado_municipal_de_altamira_localizado_na_avenida_tancredo_neves_esquina_com_a_rua_pedro_gomes2.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_assinada_-_merces_-_regularizacao_km_23.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_mutirao_ortopedia.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2889/reforma_das_escolas_rilza_maria2c_maria_de_matias_e_arthur_teixeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_30-2025_-___placas_de_sinalizacao_turistica__.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_trav_esperancinha.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2892/indicacao_31-2025_-___requalificacao_rotatorias_______.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_victor_conde.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2895/camscanner_26-05-2025_11.01.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2896/camscanner_26-05-2025_11.39.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_32-2025_-___reforma_moveis_escolares__.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_29-2025_-___espaco_artesanato_indigena__.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_33-2025_-___estande_semtur_aeroporto___.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2903/27.05.2025_indicacao_bairro_airton_ii_princ.dayanaprinc_isabel_etc..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2904/27.05.2025_indicacao_bairro_airton_ii_presidente_lula_etc....pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2905/27.05.2025_ndicacao_travessao_das_mangueiras_certo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_hortas_escolares_.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2909/terraplanagem_e_recuperacao_das_pontes_no_ramal_cocal_dois_e_no_travessao_do_giboiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2910/contrucao_de_praca_nos_bairros_bela_vista_e_paixao_de_cristo_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2914/indicacao_ampliacao_e_reforma_da_praca_s._joaquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_cinema_nos_bairros_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_criacao_de_um_campo_de_f._assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_gcm.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_ilha_do_chicote_transporte.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2920/itbi_santa_benedita_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_rotatoria_av._bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_r._santarem_1.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2925/patrol_ou_recap.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2926/dispensa_patrol.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2928/indicacao_ciclovia_e_area_de_estacionamento_2.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_assinada_-_merces_-_asfalto_ruas_airton_sena_i.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_assinada_-_merces_-_reforma_e_ampliacao_emef_itapuama.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_assinada_-_merces_-_reforma_e_ampliacao_barracao_itapuama.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2933/indicacao_mutirao_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2936/indicacao_b._bacana_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2937/republica_federativa_do_brasil_-_estado_do_para_4.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_36-2025_-___realocacao_ambulantes_cais__.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacao_mulheres_e_juventude.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2941/indicacao_assinada_-_merces_-_instalacao_de_iluminacao_publica_ramal_das_chacaras.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2943/ciclofaixa_acesso_ii_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2946/ramal_fern.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_pmae.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_rua_paje20250605_08413444.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2949/solicitacao_de_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2950/indicacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2951/indicacao_c._medico_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2952/apoio_jiu-jitsu_e_kockiboxing_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2953/01.11_indicacao__ayrton_senna_i_salomao__com_extensao_195_m_deidieli_com_extensao_.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2954/01.11_indicacao__ayrton_senna_i_alameda__odileida_sampaio_joao_do_biscoito.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2955/limpeza_dos_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2956/01.11_indicacao__ayrton_senna_i_alamedawenderson_castro__com_extensao_435_m_agostinho_gomes_com_extensao_de_578_m_jose_batista_com_extensao_560_m_osvaldina__com_extensao_520_m_aurea_com.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_calcadas.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_-_merces_assinada_-_implantacao_e_construcao_do_posto_de_saude_itapuama_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2959/ultrassonografia_aos_sabados_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2965/republica_federativa_do_brasil_-_estado_do_para_5.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2966/republica_federativa_do_brasil_-_estado_do_para_3.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2967/indicacao_assinada_-_merces_-_recapeamento_ruas_ind_1_junho.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2969/trav_gorg_rita.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2970/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2974/republica_federativa_do_brasil_-_estado_do_para_8.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2975/republica_federativa_do_brasil_-_estado_do_para_4.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2976/republica_federativa_do_brasil_-_estado_do_para_7.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_ubs_monte_santo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2979/1_reativacao_do_centro_de_atendimento_a_dependentes_quimicos__assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2980/10.06.2025__indicacao_rua_presidente_figueiredo_com_extensao__de_258_m_pref.o_umbirajara_umbuzeiro_com_extensao_de_658.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2981/10.06.2025_ndicacao_travessao.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2982/1_pintura_completa_e_a_revisao_e_modernizacao_das_instalacoes_eletricas_da_emeif_florencio_filho_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2983/1_programa_prefeitura_no_bairro_a_gestao_chegou_casa_nova_e_sao_joaqui_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2984/solicitacao_de_reforma.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_b._mexicano_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_b.viena_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_37-2025_-___chafariz_cais_.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2990/indicacao_38-2025_-___limpeza_orla_margens_do_rio__.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_-_merces_assinada_-_recapeamento_ruas_jd_ind_i_e_jd_uirapuru.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_assianada_-_merces_-_programa_municipal_de_educacao_pela_paz.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_internet_gratuita_.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_creche_raymundo_marques.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_ramal_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_ponte.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2999/indicacao_ponte_tv_pimentel.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3000/camscanner_13-06-2025_08.54.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_495_enf_jaime.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacao_496_enf_jaime.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3006/indicacao_497__enf_jaime.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_39-2025_-___requalificacao_rotatorias_2________.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3011/10.06.2025__indicacao_rua__valeria_goncalves.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3012/camscanner_17-06-2025_09.03.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3013/republica_federativa_do_brasil_-_estado_do_para_6.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3014/republica_federativa_do_brasil_-_estado_do_para_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3015/indicacao_c.p_onibus__assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3016/16.06.2025_indicacao_ubs_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_assinada_-_merces_-_casamento_comunitario_lei_3480_23.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_maycon_pontes1_edit.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_assinada_-_merces_-_implantacao_e_construcao_posto_de_saude_travessao_da_nove.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_internet_gratuita.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3021/16.06.2025__indicacao_rua_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3022/16.06.2025__indicacao_rua_ayrton_senna_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3023/ciclofaixa_das_avenidas_tancredo_neves2c_jader_barbalho_e_alacid_nunes._assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3024/reforma_da_escola_municipal_carlos_soares_e_da_quadra_poliesportiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_terraplangem_travessao_espanhol_e_jabuti.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3026/indicacao_reforma_escola_comunidade__travessao_jabuti.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3027/indicacao_b._quadra_poliesportiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3028/indicacao_odonto_pediatra.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3029/solicitacao_de_construcao_de_um_porto.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_medico_peneumologista.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3031/insalubridade_rocadores_assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3032/camscanner_18-06-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3033/recuperacao_asfaltica_com_implantacao_de.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3035/camscanner_18-06-2025_09.32_1.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3036/camscanner_18-06-2025_13.07.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_pl.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3038/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3039/republica_federativa_do_brasil_-_estado_do_para_13.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3040/indicacao_40_-2025_-___roco_e_limpeza_estrada_pedral_________.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3041/indicacao_41_-2025_-___food_park_orla____.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3042/indicacao_asfaltico_.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3043/indicacao_p._do_porronca_.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_-_mirante_praia_do_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3046/indicacao_-_reforma_dos_pontos_de_moto_taxi_e_taxistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_assinada_-_merces_-_recapeamento_tv_mineira.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_-_abertura_da_pista_de_caminhada_do_estadio_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_42_-2025_-___limpeza_avenidas_aeroporto___.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3050/indicacao_assinada_-_merces_-_sessoes_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3051/indicacao_assinada_-_merces_-_tribuna_mirim_anexo.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3053/30.07.2025_creche_complexo_nova_brasilia_ii_liberdadesao_francisco_-.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3054/camscanner_31-07-2025_11.02.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3055/camscanner_31-07-2025_11.03.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3056/camscanner_31-07-2025_11.10_5.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3058/padr20250731_10303104.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3059/indicacao_praca_brasilia.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_juncao_das_ruas__padre_frederico.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3061/indicacao_do_bairro_buriti_alterada__1.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_teatro_e_danca.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3065/31.07.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_i.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_reforma_da_quadra_.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3068/camscanner_01-08-2025_09.17.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3069/camscanner_01-08-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3070/camscanner_01-08-2025_09.40.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_assinada_-_merces_-_recapeamento_rua_itaituba.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3075/indicacao_43_-2025_-___guia_turistico_digital____.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3076/indicacao_assinada_-_merces_-_recapeamento_acesso_04_jd_ind_ii.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3078/06.08.2025_indicacao_quadra_de_esporte_liberdade_.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3079/06.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii_continuacao.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3081/alteplase.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3082/frigorifico.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_cursos_prof..pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_-_requalificacao_da_area_externa_do_centro_de_eventos_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3086/inducacao_silvano.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3087/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3088/residuos_reciclaveis_.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3089/ponte_itapuama.docx1.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3090/travessao_do_joao_alteres.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_revitalizacao_da_avenida_irma_cloe.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3092/feira_urbana20250807_11002033.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3093/indicacao_contrucao_da_praca__airton_sena_1.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3095/camscanner_08-08-2025_11.22.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_44_-2025_-___quadra_beach_tenis_estadio_bandeirao__.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3098/12.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3099/reforma_e_ampliacao_da_escola_de_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3100/12.08.2025_indicacao_reubanizacao_mutirao_mapa.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3101/construcao_escola_pds_brasilia.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3103/indicacao_576_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3104/indicacao_577.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3105/indicacao_45_-2025_-___tampas_de_bueiros___1.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3106/09.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3107/10.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3111/indicacao_assinada_-_merces_-_recapeamento_rua_curua_grande__jd_ind_i.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_assinada_-_merces_-_recapeamento_ruas_bairro_presidente_medici.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3113/indicacao_21-08.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3114/pra_reila.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3115/2_indicacao_da_cotran.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3117/indicacao2_1908.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3118/trav_niteroi_.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3119/indicacao_sinalizacao_vertical.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3121/indicacao_-_construcao_de_duas_quadras_de_pickleball_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_reforma_dos_pontos_de_moto_taxistas_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3128/04_picadinho_ii.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3132/indicacao_47_-2025_-___lombo_faixa_escola_gondim_lins_____.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_46_-2025_-___quadra_de_areia_orla___.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3134/projeto_urbanistico_e_de_requalificacao_viaria_na_avenida_03_de_maio.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3136/construcao_e_a_equipagem_adequada_do_posto_de_saude_esperanca_iv.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3138/27.08.2025_indicacao_arquibancada_quadra_alberto_soares.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3139/27.08.2025_indicacao_contrucao_upa_brasilia_.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3140/republica_federativa_do_brasil_-_estado_do_para_14.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3141/republica_federativa_do_brasil_-_estado_do_para_15.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3144/indicacao_para_criacao_do_departamento_de_bombeiro_civil.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_merenda.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_cirurgias_eletivas_.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3149/travessao_dos_crentes.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_para_atualizar_nomeclatura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3151/indicacao_periculosidade.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3152/cemiterio4_kmk20250828_10333083.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3153/solicita_do_asfaltamento_e_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3155/indicacao_assinada_-_merces_-_governador_dairce_pedrosa.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3156/indicacao_assinada-_merces_-_recapeamento_ruas_bairro_presidente_medici_02.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacao_50_-2025_-___rua_sentido_unico____________2.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3161/indicacao_48_-2025_-___tapa_buraco_sao_joaquim_____.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3162/indicacao_49_-2025_-___rotatoria_balsa____.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3163/solicitacao_de_maquinario.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3164/camscanner_03-09-2025_12.31.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3166/03.09.2025_indicacao_contrucaodelegacia_na_brasilia_.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3167/copa_.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3168/queimadas.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3169/barracao_semovi_.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3170/03.09.2025_ndicacao_asfalto_cupuiba_lado_direito_.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3171/indicacao_epis.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_pccr_comissao.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3173/ramal_dos_baianos_20250904_10160841.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3174/indicacao_-_posto_de_saude_sol_nascente_.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3175/airton_senna_ii.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_-_escola_sol_nascente_.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3177/academia_ao_ar_livre_agrovila_sol_nascente.pdfatl.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3180/idicacao_museu_assinada.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3181/ciclofaixa_1.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3183/contrucao_da_creche_cei_paraiso_infantil.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3184/aquisicao_de_terreno_e_construcao_sede_subprefeitura_de_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3185/travessao_pimentel.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3186/indicacao_52_-2025_-___estacionamento_objetivo_____1.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3187/indicacao_mobilia_hga.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3188/ind._iii.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3189/dom_lorezno_1.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3190/ceo.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3191/11.09.2025_indicacao_reativacao_do_centro_de_defesa_integrado_social_.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3192/10.09.2025_indicacao_ponte__do_gadelha_estrada_da_princesa.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3193/indicacao__recapeamento.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3194/indicacao__emef_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3195/indicacao__assinada_-_merces_-_recapeamento_03_ruas_bairro_presidente_medici.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3196/sugere_alteracao_do_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3197/implementar_semana_ciltural_e_esportiva.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3198/banheiros_porto_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3200/copia_de_indicacao_poeirao_arquibancada5ej_banheiro_e_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3204/indicacao_diogo.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3207/indicacao_53_-2025_-___semaforo_polivalente_____.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_54_-2025_-___cobrir_caminhoes_de_areia_______.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3209/pavimentacao_asfaltica_da_avenida_orlando_hienzer.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3210/concha_acustica_.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3211/camscanner_18-09-2025_11.48.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3212/republica_federativa_do_brasil_-_estado_do_para_18.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3213/17.09.2025_indicacao_academia_e_praca_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3214/lombada_agrovila_luiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3215/17.09.2025_ndicacao_vista_alegre-_certo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3216/ind._canteiro_central_da_av._acesso_3.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3218/ind._mutirao_oftamologico.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3219/mudanca_de_ciclofaixas_1.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3222/van_para_translado_de_pacientes_.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3223/altoclave_hga.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3224/24.09.2025_ndicacao_vista_alegre__av_uniao_etv....pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3225/24.09.2025_indicacao_academia_e_praca_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3226/republica_federativa_do_brasil_-_estado_do_para_20.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3227/lavadora_indrustrial_hga.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3229/04_aparecida.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3230/camscanner_25-09-2025_10.18.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3231/indicacao__n.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3232/indicacao__redutores_.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3233/indicacao_extensao_tv_luis_coutinho_5.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3234/calendario_artistico_local.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3241/patrolamento_vicinal_coco_gelado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3242/patrolamento_vicinal_rio_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3243/01.10.2025_ndicacao__sinalizacao_semaforica.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3244/01.10.25_indicacao_placas_indicativas_cupiuba_certo.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3245/ind_lombadas_sao_joaquim..pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3246/retorno_oftamologia..pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3247/indicacao_de_ajustes_na_entrada.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3250/dia_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3252/aquisicao_de_uma_raio_x_portatil.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3253/indicacao_isencao_de_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3254/indicacao_n_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3255/indicacao_n_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3256/indicacao_-_sinalizacao_de_transito_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3257/poda_colina.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3263/caminhoes_para_transporte_de_alunos.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3264/capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3265/07.10.2025_indicacao_indicacao_rede_de_agua_loteamento_ayrton_senna_i_alameda_agostinho_gomes.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3266/07.10.2025-indicacao__implantacao_rede_de_agua_alameda_zenaide_.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3267/reativacao_do_semaforo.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3268/construcao_de_cobertura.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3269/construcao_de_3_quebra_molas_na_acesso_3.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3270/indicacao_recaoeamento_das_ruas_do_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3275/indicacao_55_-2025_-___prefeitura_nos_bairros_a_gestao_chegou_km23_______.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3277/indicacao_ramal_nenes_pdf.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3278/ind_lombadas_sao_joaquim.pdf1.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3279/indicacao.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3281/indicacao_699_diogo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3284/indicacao_campeonato_de_tenis_de_mesa_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3285/indicacao_57_-2025_-___f_protoco..__rua_leste_oeste_sudam_2____.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3286/indicacao_concurso_p..pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3287/indicacao_r._sebastiao_lucio_.pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3290/indicacao_-_pontos_de_pesca_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3298/21.10.2025_indicacao__titularizacaonova_altamira_.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3299/21.10.25_indicacao_terraplagem_cupuiba_e_chacara_verdes_mares.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3300/ind_central_de_exames_sol_nascente.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3301/indicacao_rotatoria_luiz_pereira_1.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3302/indicacao_ponto_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3303/indicacao_capela__mortuaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3307/construcao_de_casa_populares.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3308/pavimentacao_asfaltica_nas_ruas_rio_juruena_e_avenida_rio_curua.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3309/indicacao_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3313/calcada_bom_jesus_2.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3314/indicacao_instalacao_do_quebramola.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3315/indicacao_revitalizacao_de_frente_ao_dom_clemente_1.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3317/indicacao_58_-2025_-___poda_arvores_cais_____.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3320/instalacao_de_um_quebra-molas_na_avenida_francisco_rastik.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3321/conclusao_das_obras_de_reforma_da_escola_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3322/29.10.25_ndicacao_calcadas_ac_castelo_branco_santa_benedira.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3323/29.10.25_indicacao__asc_comunidade_passair.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3324/indicacao_revitalizacao_da_rua_manaus_1.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3325/buriti_quebra_molas_buriti_23.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3326/nova_sede_da_semtur.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3327/indicacao_rua_acesso_8.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3328/indicacao_ramal_da_tecas.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3329/lombada_monte_santo.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3334/pavimentacao_avenida_nhamunda.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3335/04.11.2025__indicacao_perfuracao_do_poco_escola_elisandra_jose_dias_.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3336/04.11.2025__indicacao_manutencao_da_rede_eletrica_escola_elisandra_jose_dias_.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3337/indicacao_ponte_travessao_parati..pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3338/indicacao_ramal_cama_de_vara_1.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3339/mesas_orla_do_cais.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3340/indicacao_revitalizacao_das_faixas_de_pedestre1_1.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3341/buriti_quebra_molas_buriti2_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3345/rua_raimunda_acacio.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3348/parque_de_exposicao_grau_de_rua.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3350/12.11.2025__indicacao_dormitorio_escola_elisandra_jose_dias_assurini_.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3351/12.11.2025_indicacao_refrma_nossa_senhora_aparecida.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3352/indicacao_reforma_escola_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3353/ind_pontes_bom_jardim_ii.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3354/indicacao_recuperacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3355/indicacao_cep_ass.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3356/pavimentacao_rua_rio_fresco.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3357/tv_alagoas_.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3358/indicacao_para_a_criacao_de_uma_lombofaixa1.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3365/indicacao_748-2025_silvano.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3367/camscanner_17-11-2025_12.35.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3368/camscanner_17-11-2025_12.40.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3373/18.11.25_indicacao_asfauto_cipo_ambe.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3374/18.11.25_indicacao_464.asfauto_ruas_brasilia_certo.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3377/pavimentacao_rua_rio_verde.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3378/judo.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3379/gorgulho_da_rita_ii.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3380/indicacao_ajustes_ciclofaixa_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3381/ramal_do_galego_9.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3382/ciclo_vias.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3383/3_turno_na_ubs_do_jatoba.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3391/camscanner_24-11-2025_09.42.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3404/indicacao_assinada_-_merces_-_reforma_emeif_artur_pessoa_mixila.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3405/indicacao_assinada_-_merces_-_rua_paulo_freire_sudam_ii.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3406/interprete.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3409/26.11.2025__indicacao_ponte_do_piquia_com_foto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3410/12.11.2025__indicacao_limpeza_e_pitura_do_bairro_liberdade_certo.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3413/pavimentacao_rua_rio_tocantinsdocx.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3416/pontes_desvio_do_noca.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3419/camscanner_27-11-2025_11.03.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3420/camscanner_27-11-2025_11.04.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3421/indicacao_ponte_do_acaizal_atl.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3422/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2528/mocao_-_merces__e_wilha_seguranca_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2578/mocao_gremio_altamira_assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2598/mocao_nossa_horta_assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2642/mocao_de_aplauso_a_marcos_silva_oliveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2645/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2730/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2815/mocao_colegio_adventista.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2818/mocao_aluna_sesi_ass.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2968/mocao_campeonato_ninho_do_urubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2978/mocao_andreza_dourado_assinado.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2991/mocao_dia_do_karate_assinado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3010/republica_federativa_do_brasil_-_estado_do_para_11.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3045/mocao_2-_festival_cultural_e_jogos_indigenas__assinado_merces.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3057/mocao_cb_moraes20250731_10551299.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3063/mocao_pc20250731_10415769.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3110/mocao_de_aplauso_demutran.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3123/mocao_01-2025_-___ryanne_gama_____1.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3129/mocao_victor.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3131/mocao_ana_beatriz_dias_dos_santos_.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3135/mocao_de_aplausos_-_festfal.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3142/mocao_16obatalhao_.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3143/mocao_cpr_viii.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3147/mocao_em_conjunto_-_flix.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3249/mocao_de_aplausos_dr._gilmar.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3251/mocao_dia_do_jiu-jitsu_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3258/mocao_silvano_f.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3276/mocao_sr_osmar_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3288/mocao_assinada_-_merces__medicos.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3289/mocao_assinada_-_merces__professores.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3310/mocao_dia_do_judo_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3311/mocao_de_aplausos_escola_de_tecnologia_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3316/mocao_dr_dennyson_faria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3332/camscanner_04-11-2025_10.30.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3333/camscanner_04-11-2025_10.40.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3342/brnb42200422d8a_051674.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3346/camscanner_12-11-2025_10.04.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3347/mocao_fisiculturismo_.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3359/brnb42200422d8a_051782.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3360/brnb42200422d8a_051784.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3371/brnb42200422d8a_051783.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3375/mocao_senhor_feitosa.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3376/brnb42200422d8a_051879.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3384/mocao_81_-_2025_maycon_pontes.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3385/mocao_82-2025_maycon_pontes.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3407/camscanner_26-11-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3408/camscanner_26-11-2025_09.33.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3414/mocao_05-2025_-___marcio_preciliano_______1.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3415/mocao_04-2025_-___almir_uchoa_______.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3417/mocao_02-2025_-___priscilla_couto__.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3418/mocao_03-2025_-___jason_couto_____.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3423/mocao_ver._wilha.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3424/mocao_ver._eng_diogo.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3425/mocao_eng_diogo_urb.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3426/mocao_eng_diogo_2.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3296/camscanner_21-10-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2463/projeto_de_lei_016-2025_botao_de_panico_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2517/pl_019_-_enf._wilha_-_familia_acolhida.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2549/projetos_de_le_05.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2604/pl_-_merces_-_programa_municipal_de_educacao_pela_paz_e_boa_convivencia_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2653/ass_pl_-_merces_-_cras_itinerante_rural.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_lei_n0_34-2025.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2733/pl_040-25_-_pma_-_lei_de_dretrizes_orcamentarias_para_2026.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2749/pl_assinado-_merces_-_carteira_portadores_cancer.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_lei_42_chesther.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_lei_43-2025_declara_patrimonio_a_marcha_para_jesus.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2855/pl_006.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2868/pl_007_-__psicopedagogos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2877/pl_008_-_rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2916/pl_escuta_protegida_assinado.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2938/pl_009_-_raps.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2964/pl_-_merces_assinado_2_-_dia_municipal_do_pescador.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2973/projeto_de_lei_institui_o_programa_prefeitura_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3004/projeto_de_lei_que_autoriza_o_poder_executivo_a_instituir_o_programa_municipal_de_microcredito_produtivo_solidario...._destinado_ao_fomento....pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3009/projeto_de_ley_maykon_pontes.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3066/pl_059_-_conjunto_-_altera_nome_de_proprio_a_av._joao_pessoa_passa_a_denominar-se_av._xingu.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3071/camscanner_01-08-2025_13.39_2.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3072/pl_061-diogo_-_institui_o_programa_mun._de_inclusao_digital_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3077/06.08.2025_projeto_de_lei_maria_curumaru.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3080/pl_acuidade_visual.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3083/pl__assinado_-_merces_-_dia_municipal_do_carimbo_merces.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3094/pl_festival_folclorico_de_altamira_assinado.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3102/pl_cooperativa.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3108/pl__assinado-_merces_-_dia_municipal_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3109/whatsapp_scan_2025-08-13_at_11.10.42.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3120/pl_-_ruas_de_esporte_e_lazer_assinado.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3127/projeto_de_lei_71_.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3137/projeto_de_lei_aniversario_de_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_bombeiro_civil.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3154/pl__assinado_02_-_merces_-_institui_o_programa_cuidando_do_cuidador_familiar.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3158/camscanner_28-08-2025_12.21.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3159/versao_final_ppa_2026-2029_altamira_pa_ass.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3165/camscanner_03-09-2025_11.47.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3199/pl_ex_prefeito_armindo_denardin.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3202/pl_079-diogo_-_dia_municipal_do_jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3205/camscanner_15-09-2025_13.03_1.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3217/projeto_de_lei_obrigatoriedade_de_30_dias_exame_de_mama.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3237/projeto_de_lei_082-2025.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3240/projeto_de_lei_n0_83-2025.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3260/projeto_de_084-2025.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3272/camscanner_08-10-2025_12.50.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3273/camscanner_08-10-2025_12.54.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3274/camscanner_08-10-2025_12.58.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3282/projeto_de_lei_copos_e_canudos_platicos_-_2.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3291/camscanner_21-10-2025_09.35.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3292/camscanner_21-10-2025_09.51.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3294/camscanner_21-10-2025_10.47.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3295/camscanner_21-10-2025_11.13.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3304/camscanner_23-10-2025_09.45.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3305/camscanner_23-10-2025_09.54.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_orcamentario_anual_e_anexo_exercicio_2026.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3344/camscanner_11-11-2025_09.30_1.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3363/camscanner_14-11-2025_09.02.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3366/camscanner_17-11-2025_08.52.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3427/camscanner_01-12-2025_13.19_1.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3428/camscanner_01-12-2025_13.30.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3429/camscanner_01-12-2025_13.40.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3430/camscanner_01-12-2025_13.49.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3442/camscanner_05-12-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2908/projeto_de_resolucao_003-2025_-_institui_o_programa_de_camara_itinerante.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3235/camscanner_26-09-2025_09.39.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3444/projeto_de_resolucao_005_-_sapl_-_altamira.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3369/camscanner_18-11-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3364/camscanner_14-11-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3001/proposta_de_emenda_ver._eilha.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3411/camscanner_26-11-2025_11.17.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3412/camscanner_26-11-2025_11.29.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3431/camscanner_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_-_merces__roni_emef_joao_paulo_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_conjunta_-_merces_e_wilha_-_reforma_do_samu_assinada.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_conjunta_-_merces_e_wilha-_recuperacao_ramal_das_chacaras_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_conjunta_-_merces_e_wilha_-_academia_ao_ar_livre_emef_oneide_de_sousa_tavares_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_10_1.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2610/manutencao_pista_do_cilon_e_ponto_alto_leiloes_assinado.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2651/ass_indicacao_conjunta_-_merces_e_roni__-_asfalto_castelo_de_sonhos.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2650/ass_indicacao_conjunta_-_merces_e_victor_-_cobertura_quadra_de_esportes_emef_ulisses.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2652/ass_indicacao_conjunta_-_merces_e_roni_-_construcao_escola_castelo_de_sonhos.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao__bela_vista__brasilia_e_mutirao_conjunta.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_aressa_conjunta.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_conjuntos_ver._victor_e.....pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao_conjunto_dos_vereadores_victor_e.....pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2688/assinada_indicacao_conjunta_-_merces_e_diogo_-__posto_de_saude_bonanza.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2689/assinada_indicacao_conjunta_-_merces_e_wilha-_reforma_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_da_piscina_assinado.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2756/indicacao_21-2025_-_vaquejada_anual__assinado.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_em_conjunto_47_.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_conjunta_-__posto_de_saude_bairro_jd_ind_i_.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2764/indicacao_conjunta_assinada_-__reforma_das_calcadas_piso_tatil_e_rampas.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_tercio_brito.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_23-2025_conjunta_-_festival_de_verao_orla_assinado.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_conjunto_52-2025.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_conjunta_4.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_conjunta_02.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_em_conjunto_n_ilha_do_chicote_.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_em_conjunto_criacao_de_um_local_adequado_para_o_estacionamento_e_organizacao_dos_veiculos_que_prestam_servicos_de_frete_no_municipio_de_altamira.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_em_conjunto_implantacao_de_cameras_na_orla_do_cais_s.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2907/indicacao_em_conjunto_n_ilha_do_chicote_2705.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2911/copao_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2912/republica_federativa_do_brasil_-_estado_do_para_2.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2913/republica_federativa_do_brasil_-_estado_do_para_3.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2921/indicacao_em_conjunto_geraldo_emidio3.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2942/indicacao_em_conjunto_comando_de_saude_ilha_do_c..pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_em_conjunto_secretarias_empreendedorismo.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2945/indicacao_35-2025_-_projeto_adote_uma_praca__assinado_001.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2971/ind_conj_enf_wilha_e_eng_diogo_1.docx" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2995/indicacoes_conjunta_4.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2989/solicita_a_coleta_regular_de_lixo_nas_comunidades_sol_nascente_e_quatro_bocas_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao_conjunto_merces_prince_e_sargento.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_em_conjunto_maykon_e_prince.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3034/camscanner_18-06-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3074/indicacao_conjunta_assinada_-_merces_e_diogo_-_ressonancia_magnetica.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3116/rampa_municipal20250814_10470784.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_assinada_cj_merces_e_wilha.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_em_conjunto_caja_i.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3228/indicacoes_11.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3248/indicacoes_12.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3283/indicacao_conj_assinada-_merces_e_mayckon_-_ampliacao_da_estrutura_fisica_do_cei_ruth_passarinho.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3386/brnb42200422d8a_051890.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3387/emenda_impositiva_mayckon_24-11-2025_08.26.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3388/emenda_impositiva_prince_couto__24-11-2025_08.23.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3389/emenda_impositiva_vanderjaime__24-11-2025_08.19.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3392/camscanner_24-11-2025_09.56.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3393/1._emenda_impositiva_-_artroscopia.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3394/camscanner_26-11-2025_10.50.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3395/camscanner_26-11-2025_11.00.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3396/6._emenda_impositiva_-_bebedouro_multifuncional.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3397/4._emenda_impositiva_-_criacao_de_um_espaco_sensorial.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3398/5_emenda_impositiva_-_demutran.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3399/camscanner_24-11-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3400/emenda_impostiva_-_saude._enfermeira_wilha.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3401/camscanner_24-11-2025_12.27.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3402/camscanner_27-11-2025_11.54.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3293/camscanner_21-10-2025_10.33.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2773/veto_01_ao_pl_019_da_enfermeira_wilha.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2774/veto_ao_pl_015_do_vereador_diogo_pereira.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2775/veto_ao_pl_16_do_vereador_diogo_pereira.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3124/parecer_da_comissao_ccjr_pl_64.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3125/parecer_da_comissao_ccjr_pl_652025.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3126/parecer_da_comissao_ccjr.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3130/ordinaria_22_-_26.08.25.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3220/parecer_da_ccjr_favoravel_a_aprovacao_pl_49-dr._rodrigo_-_rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3236/parecer_ccjr_favoravel_a_aprovacao_pl_52-diogo_-_consciencia_indigena.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altamira.pa.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2327/indicacao_0012025_assis_cunha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_-_atendimento_fono_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_-_merces_-_manutencao_corretiva_av_via_oeste_pdf.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_-_merces_-_poco_km_23_pdf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_-_merces_-_ruas_km_23_pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2501/camscanner_20-03-2025_09.49.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2502/republica_federativa_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2503/camscanner_20-03-2025_09.47.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2533/26.03.2025_ndicacao_asfalto_liberdade_pedro_vieira__jatoba_etc.....pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2534/26.03.2025_indicacao_recuperacao_brasilia_monte_siao_etc.....pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2535/indicacao11assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2536/26.03.2025_ndicacao_terraplanagem_ramal_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2537/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2538/indicacao_-_merces__terceiro_turno_ubs_jd_ind_i_assinada.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2539/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_ponte_2.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_ponte_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_ladeira.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacaao_solicitacao_de_construcao_de_abrigos_do_transporte_coletivo_na_cidade_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacaoexpansao_dos_atendimentos_das_escolas_de_musica_e_danca_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2562/jogos_estudantis_do_xingu.__assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao10assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2572/02.04.2025_indicacao__continuacao_lot_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2573/02.04.2025_indicacao_rota_de_fuga__cont._ayrton_senna_i_e_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2574/02.04.2025_indicacao__ruas_lot._airton_senna_i.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_-_merces__playground_academia_santa_benedita_assinada.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacoes_14.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2592/camscanner_03-04-2025_10.08.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2593/indicacoes_15.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2594/camscanner_03-04-2025_10.10.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2595/indicacoes_16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_-_merces__reforma_quadra_emeif_rilza_acacio_sao_domingos_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_-_merces__pontes_ramal_da_03_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_11-2025__-__roco_e_limpeza_.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2620/republica_federativa_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2624/agua_azul_1_tapa_buraco__assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2625/agua_azul_2_tapa_buraco__assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_13-2025_-___lombo-faixas_.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_14-2025__-__calcada_e_linha_d_agua.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_15-2025__-__academia_ao_ar_livre_.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_para_quadera_de_esporte_santa_benedita_assinada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_calendario_de_veraneio_altamira_assinada.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2641/servico_de_endocospia_no_sistema_publico_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_14.pdf.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2647/ass_indicacao_-_merces_-__emei_e_creche_e_eja_bonanza.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2648/ass_indicacao_-_merces_-_creche_princesa_do_xingu.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2649/ass_indicacao_-_merces_-_creche_ruth_passarinho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_mayckon.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_processo_seletivo_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_fabrica.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2666/indicacao_praca_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2667/tapa_buraco_sao_joaquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2668/tapa_buraco_casa_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2669/tapa_buraco_joao_rodrigues__assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao_mayckon_pontes.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao_enf._jaime_1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacoes_ver._enf._jaime_02.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2678/indicacoes_enf._jaime_03.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2679/execucao_da_sinalizacao_vertical_horizontal_e_placas_de_indicacao_dos_nomes_das_ruas_do_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2680/solicitacao_de_construcao_de_espaco_coberto_para_a_realizacao_da_feira_livre_do_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2681/solicitacao_de_doacao_de_area_e_apoio_na_construcao_de_espaco_para_a_associacao_de_moradores_do_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_16-2025__-__praca_brigadeiro_edu..__.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_18-2025_-___local_instagramavel__.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_17-2025__-__vagas_estacionamento_djalma__.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2685/assinada_indicacao_-_merces_-_programa_escola_que_protege.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2686/assinada_indicacao_-_merces_-_regularizacao_dos_ceps.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2687/assinada_indicacao_-_merces_-_revitalizacao_da_lagoa_ind_ii.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2697/indicacao_natea_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2698/indicacao_ubsf_-.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2699/ind._mesa_de_negociacao_-.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_-_tavaquara.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_-_creche_aldenira.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2710/20.04.2025_ndicacao_adptacao_ubs_alberto_soares_para_a_escola-.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_remuneracao_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2719/ind._audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2721/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2722/endurela_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2723/ruas_sao_joaquim_alecrim2c_manjericao2c_louro2c_pequi_e_roma2c_todas_situadas_no_bairro_ruc_sao_joaquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_-_van_movel_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2725/indicacao_quadra_poliesportiva_bairro_buriti.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2726/indicacao_n_283-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_n0_2842025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2728/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2731/marcha_para_jesus_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2732/independente_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_288_enfermeira_wilha.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2735/indicacoes_289_enfermeira_wilha_.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2736/indicacao_290_enfermeira_wilha_.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_upa_28_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_20-2025__-__reforma_trapiche_orla_do_cais_e_praca_infantil____.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_293_enfermeiro_jaime.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2740/indicacao_294_enfermeiro_jaime_.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2741/indicacao_295_enfermeiro_jaime_.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2742/praca_do_estudante20250429_09094295.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2743/libras_e_braile20250429_09120832.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2744/solicitacao_de_execucao_de_rampa_para_pe.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_29_s.mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2746/indicacao_saude_bucal_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2748/indicacao_reforma_do_posto_de_saude_cipo_ambe.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2750/indicacao_assinada_-_merces_-_lama_negra_transporte_publico.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2751/indicacao_assinada_-_merces_-_ruas_ind_i_modesto_silva.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2752/indicacao_assinada_-_merces-_cras_itinerante.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2753/indicacao_tercio_brito.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2754/29.04.2025_ndicacao__ponte_do_tucurui.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2755/29.04.2025_indicacao__titularizacao..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_emef_paulo_benicio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2760/30.04.2025__ndicacao_ruas_da_brasilia_commapa_certo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2761/tapa-buraco_mutirao_2c_pintura_de_meio-fio_e_rocagem_nas_seguintes_vias_do_bairro_mutirao_-_rua_um2c_rua_dois2c_rua_tres2c_rua_quatro_e_rua_sete_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2762/tapa-buracos_e_pintura_de_meio-fio_nas_seguintes_vias_do_ruc_laranjeiras_rua_curimata2c_rua_piratininga2c_rua_jau2c_rua_tambaqui_e_rua_matrinxa_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2765/terraplanagem_e_rocagem_na_via_de_acesso_ao_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2766/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2767/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_adcional_salarial.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_317-2025_ver._silvano.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2771/indicacao_nova_colina.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_contratacao_de_um_profissional_fisioterapeuta_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2785/tapa_buraco_santa_benedita_e_sao_domingos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_22-2025_-_construcao_trapiche_enrocamento.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_24-2025__-__paisagismo_canteiro_central__.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_06_travessoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_ibiza_07_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2791/07.05.2025_indicacao__titularizacao_sol_nascente_com_mapa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2792/07.05.2024_ndicacao_trasporte_publico_cupiuba.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2793/07.05.2025_indicacao__titularizacao_srrinha_e_princesa.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2795/indicacao_-_bairro_aparecida__assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_avenida_leste_oeste_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2798/implantacao_de_atividades_de_danca_especialmente_aulas_de_zumba_nos_bairros_do_municipio__alterada1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2799/oftalmologista20250507_12055238.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2800/instalacao_das_cameras20250507_11581745.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2801/indicacao_enf._wilha.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2804/indicacao_assinada-_merces_-_recuperacao_estrada_capembas.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2805/indicacao_assinada_-_merces_-_recuperacao_estrada_babaquara_no_assurini.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_assinada_-_merces_-_alagamento_final_da_rua_belem_premem.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_ultrassom_morfologica.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_reforma_do_predio_g.m.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_vereador_chesther.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_altaprev_.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_2_vereador_chesther_.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_retroativo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_352_vereadora_wilha.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_vereador_sargento.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2821/indicacao_n_ruc_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_n_cirurgia_de_labios.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_santa_benedita__assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2827/14.05.2025_indicacao_espelho_do_queijeiro_da_baiana_boa_sorte_interligandl.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2828/deposito_comunitario_na_praia_do_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_cartilha2.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2830/operacao_tapa-buraco_rua_tome-acu2c_avenida_xingu_e_travessa_castanhal2c_djalma_dutra_e_joao_coelho_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2831/14.05.2024_ndicacaoeno_travessao_do_cajueiro_ramal_das_lages_ramal_do_limao_ramal_do_indio_preto_e_o_desvio_do_cajueiro_ao_ramal_do__carrapato..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_regularizacao_fundiaria__assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_364-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_iluminacao_campo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_comando_medico__assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_25-2025_-___ciclo_via_via_oeste__.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_26-2025__-__requalificacao_da_praia_da_orla__.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_27-2025__-__ambulancia_____.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2839/14.11.2024_ndicacaoempissaramento_ramal_itaboca_certo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2840/republica_federativa_do_brasil_-_estado_do_para_1.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2841/republica_federativa_do_brasil_-_estado_do_para.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2842/republica_federativa_do_brasil_-_estado_do_para_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2843/recuperacao_e_ampliacao_travessa_02_assinada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2844/cirquito_naciona_de_vaquejada_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_de_providencias_para_resolver_de_forma_definitiva_o_problema_de_abastecimento_e_qualidad.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_do_laranjeira_2_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2847/acesso2_assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_assinada_-_merces_-_adequacao_das_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_assinada_-_merces_-_creche_irma_serafina.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_assinada_-_merces_-_reforma_praca_das_mangueiras_assurini.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_-_reforma_das_quadras_colina_e_idependente_i.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_ubirajara_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_aumento_salarial_garis_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_bairro_dnit_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2863/20.05.2025_indicacao_a_construcao_da_escola_cleidiane_de_sousa_araujo_no_travessao_da_firma_no_ituna_3_assurini.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2864/20.05.2024_ndicacaoacesso_03_e_04_e_travessa_deoclides_de_almeida_certo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2865/20.05.2025_indicacao_reassentamento_monte_siao.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_fitoterapico_.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2872/nucleo_multiprofissional.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2873/mudanca_nome_de_rua_antonio_brito_3.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2874/reforma_do_letreiro_da_praia_do_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_d._e_cameras.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_sudam_2.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_reforma_e_ampliacao_dos_banheiros_do_mercado_municipal_de_altamira_localizado_na_avenida_tancredo_neves_esquina_com_a_rua_pedro_gomes2.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_assinada_-_merces_-_regularizacao_km_23.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_mutirao_ortopedia.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2889/reforma_das_escolas_rilza_maria2c_maria_de_matias_e_arthur_teixeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_30-2025_-___placas_de_sinalizacao_turistica__.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_trav_esperancinha.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2892/indicacao_31-2025_-___requalificacao_rotatorias_______.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_victor_conde.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2895/camscanner_26-05-2025_11.01.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2896/camscanner_26-05-2025_11.39.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_32-2025_-___reforma_moveis_escolares__.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_29-2025_-___espaco_artesanato_indigena__.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_33-2025_-___estande_semtur_aeroporto___.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2903/27.05.2025_indicacao_bairro_airton_ii_princ.dayanaprinc_isabel_etc..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2904/27.05.2025_indicacao_bairro_airton_ii_presidente_lula_etc....pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2905/27.05.2025_ndicacao_travessao_das_mangueiras_certo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_hortas_escolares_.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2909/terraplanagem_e_recuperacao_das_pontes_no_ramal_cocal_dois_e_no_travessao_do_giboiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2910/contrucao_de_praca_nos_bairros_bela_vista_e_paixao_de_cristo_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2914/indicacao_ampliacao_e_reforma_da_praca_s._joaquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_cinema_nos_bairros_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_criacao_de_um_campo_de_f._assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_gcm.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_ilha_do_chicote_transporte.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2920/itbi_santa_benedita_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_rotatoria_av._bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_r._santarem_1.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2925/patrol_ou_recap.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2926/dispensa_patrol.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2928/indicacao_ciclovia_e_area_de_estacionamento_2.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_assinada_-_merces_-_asfalto_ruas_airton_sena_i.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_assinada_-_merces_-_reforma_e_ampliacao_emef_itapuama.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_assinada_-_merces_-_reforma_e_ampliacao_barracao_itapuama.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2933/indicacao_mutirao_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2936/indicacao_b._bacana_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2937/republica_federativa_do_brasil_-_estado_do_para_4.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacao_36-2025_-___realocacao_ambulantes_cais__.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacao_mulheres_e_juventude.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2941/indicacao_assinada_-_merces_-_instalacao_de_iluminacao_publica_ramal_das_chacaras.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2943/ciclofaixa_acesso_ii_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2946/ramal_fern.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_pmae.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_rua_paje20250605_08413444.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2949/solicitacao_de_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2950/indicacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2951/indicacao_c._medico_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2952/apoio_jiu-jitsu_e_kockiboxing_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2953/01.11_indicacao__ayrton_senna_i_salomao__com_extensao_195_m_deidieli_com_extensao_.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2954/01.11_indicacao__ayrton_senna_i_alameda__odileida_sampaio_joao_do_biscoito.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2955/limpeza_dos_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2956/01.11_indicacao__ayrton_senna_i_alamedawenderson_castro__com_extensao_435_m_agostinho_gomes_com_extensao_de_578_m_jose_batista_com_extensao_560_m_osvaldina__com_extensao_520_m_aurea_com.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_calcadas.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_-_merces_assinada_-_implantacao_e_construcao_do_posto_de_saude_itapuama_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2959/ultrassonografia_aos_sabados_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2965/republica_federativa_do_brasil_-_estado_do_para_5.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2966/republica_federativa_do_brasil_-_estado_do_para_3.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2967/indicacao_assinada_-_merces_-_recapeamento_ruas_ind_1_junho.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2969/trav_gorg_rita.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2970/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2974/republica_federativa_do_brasil_-_estado_do_para_8.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2975/republica_federativa_do_brasil_-_estado_do_para_4.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2976/republica_federativa_do_brasil_-_estado_do_para_7.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_ubs_monte_santo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2979/1_reativacao_do_centro_de_atendimento_a_dependentes_quimicos__assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2980/10.06.2025__indicacao_rua_presidente_figueiredo_com_extensao__de_258_m_pref.o_umbirajara_umbuzeiro_com_extensao_de_658.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2981/10.06.2025_ndicacao_travessao.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2982/1_pintura_completa_e_a_revisao_e_modernizacao_das_instalacoes_eletricas_da_emeif_florencio_filho_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2983/1_programa_prefeitura_no_bairro_a_gestao_chegou_casa_nova_e_sao_joaqui_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2984/solicitacao_de_reforma.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_b._mexicano_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_b.viena_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_37-2025_-___chafariz_cais_.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2990/indicacao_38-2025_-___limpeza_orla_margens_do_rio__.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_-_merces_assinada_-_recapeamento_ruas_jd_ind_i_e_jd_uirapuru.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_assianada_-_merces_-_programa_municipal_de_educacao_pela_paz.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_internet_gratuita_.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_creche_raymundo_marques.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_ramal_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_ponte.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2999/indicacao_ponte_tv_pimentel.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3000/camscanner_13-06-2025_08.54.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_495_enf_jaime.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacao_496_enf_jaime.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3006/indicacao_497__enf_jaime.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_39-2025_-___requalificacao_rotatorias_2________.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3011/10.06.2025__indicacao_rua__valeria_goncalves.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3012/camscanner_17-06-2025_09.03.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3013/republica_federativa_do_brasil_-_estado_do_para_6.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3014/republica_federativa_do_brasil_-_estado_do_para_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3015/indicacao_c.p_onibus__assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3016/16.06.2025_indicacao_ubs_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_assinada_-_merces_-_casamento_comunitario_lei_3480_23.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_maycon_pontes1_edit.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_assinada_-_merces_-_implantacao_e_construcao_posto_de_saude_travessao_da_nove.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_internet_gratuita.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3021/16.06.2025__indicacao_rua_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3022/16.06.2025__indicacao_rua_ayrton_senna_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3023/ciclofaixa_das_avenidas_tancredo_neves2c_jader_barbalho_e_alacid_nunes._assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3024/reforma_da_escola_municipal_carlos_soares_e_da_quadra_poliesportiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_terraplangem_travessao_espanhol_e_jabuti.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3026/indicacao_reforma_escola_comunidade__travessao_jabuti.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3027/indicacao_b._quadra_poliesportiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3028/indicacao_odonto_pediatra.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3029/solicitacao_de_construcao_de_um_porto.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_medico_peneumologista.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3031/insalubridade_rocadores_assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3032/camscanner_18-06-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3033/recuperacao_asfaltica_com_implantacao_de.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3035/camscanner_18-06-2025_09.32_1.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3036/camscanner_18-06-2025_13.07.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_pl.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3038/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3039/republica_federativa_do_brasil_-_estado_do_para_13.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3040/indicacao_40_-2025_-___roco_e_limpeza_estrada_pedral_________.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3041/indicacao_41_-2025_-___food_park_orla____.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3042/indicacao_asfaltico_.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3043/indicacao_p._do_porronca_.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3044/indicacao_-_mirante_praia_do_massanori_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3046/indicacao_-_reforma_dos_pontos_de_moto_taxi_e_taxistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_assinada_-_merces_-_recapeamento_tv_mineira.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_-_abertura_da_pista_de_caminhada_do_estadio_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_42_-2025_-___limpeza_avenidas_aeroporto___.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3050/indicacao_assinada_-_merces_-_sessoes_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3051/indicacao_assinada_-_merces_-_tribuna_mirim_anexo.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3053/30.07.2025_creche_complexo_nova_brasilia_ii_liberdadesao_francisco_-.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3054/camscanner_31-07-2025_11.02.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3055/camscanner_31-07-2025_11.03.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3056/camscanner_31-07-2025_11.10_5.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3058/padr20250731_10303104.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3059/indicacao_praca_brasilia.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_juncao_das_ruas__padre_frederico.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3061/indicacao_do_bairro_buriti_alterada__1.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_teatro_e_danca.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3065/31.07.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_i.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3067/indicacao_reforma_da_quadra_.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3068/camscanner_01-08-2025_09.17.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3069/camscanner_01-08-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3070/camscanner_01-08-2025_09.40.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_assinada_-_merces_-_recapeamento_rua_itaituba.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3075/indicacao_43_-2025_-___guia_turistico_digital____.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3076/indicacao_assinada_-_merces_-_recapeamento_acesso_04_jd_ind_ii.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3078/06.08.2025_indicacao_quadra_de_esporte_liberdade_.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3079/06.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii_continuacao.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3081/alteplase.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3082/frigorifico.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_cursos_prof..pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_-_requalificacao_da_area_externa_do_centro_de_eventos_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3086/inducacao_silvano.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3087/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3088/residuos_reciclaveis_.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3089/ponte_itapuama.docx1.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3090/travessao_do_joao_alteres.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_revitalizacao_da_avenida_irma_cloe.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3092/feira_urbana20250807_11002033.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3093/indicacao_contrucao_da_praca__airton_sena_1.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3095/camscanner_08-08-2025_11.22.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_44_-2025_-___quadra_beach_tenis_estadio_bandeirao__.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3098/12.08.2025_indicacao_bueiros_nas_entradas_do_loteamento_ayrton_senna_ii.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3099/reforma_e_ampliacao_da_escola_de_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3100/12.08.2025_indicacao_reubanizacao_mutirao_mapa.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3101/construcao_escola_pds_brasilia.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3103/indicacao_576_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3104/indicacao_577.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3105/indicacao_45_-2025_-___tampas_de_bueiros___1.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3106/09.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3107/10.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3111/indicacao_assinada_-_merces_-_recapeamento_rua_curua_grande__jd_ind_i.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_assinada_-_merces_-_recapeamento_ruas_bairro_presidente_medici.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3113/indicacao_21-08.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3114/pra_reila.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3115/2_indicacao_da_cotran.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3117/indicacao2_1908.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3118/trav_niteroi_.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3119/indicacao_sinalizacao_vertical.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3121/indicacao_-_construcao_de_duas_quadras_de_pickleball_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_-_reforma_dos_pontos_de_moto_taxistas_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3128/04_picadinho_ii.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3132/indicacao_47_-2025_-___lombo_faixa_escola_gondim_lins_____.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3133/indicacao_46_-2025_-___quadra_de_areia_orla___.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3134/projeto_urbanistico_e_de_requalificacao_viaria_na_avenida_03_de_maio.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3136/construcao_e_a_equipagem_adequada_do_posto_de_saude_esperanca_iv.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3138/27.08.2025_indicacao_arquibancada_quadra_alberto_soares.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3139/27.08.2025_indicacao_contrucao_upa_brasilia_.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3140/republica_federativa_do_brasil_-_estado_do_para_14.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3141/republica_federativa_do_brasil_-_estado_do_para_15.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3144/indicacao_para_criacao_do_departamento_de_bombeiro_civil.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_merenda.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_cirurgias_eletivas_.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3149/travessao_dos_crentes.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_para_atualizar_nomeclatura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3151/indicacao_periculosidade.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3152/cemiterio4_kmk20250828_10333083.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3153/solicita_do_asfaltamento_e_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3155/indicacao_assinada_-_merces_-_governador_dairce_pedrosa.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3156/indicacao_assinada-_merces_-_recapeamento_ruas_bairro_presidente_medici_02.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3160/indicacao_50_-2025_-___rua_sentido_unico____________2.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3161/indicacao_48_-2025_-___tapa_buraco_sao_joaquim_____.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3162/indicacao_49_-2025_-___rotatoria_balsa____.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3163/solicitacao_de_maquinario.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3164/camscanner_03-09-2025_12.31.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3166/03.09.2025_indicacao_contrucaodelegacia_na_brasilia_.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3167/copa_.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3168/queimadas.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3169/barracao_semovi_.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3170/03.09.2025_ndicacao_asfalto_cupuiba_lado_direito_.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3171/indicacao_epis.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_pccr_comissao.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3173/ramal_dos_baianos_20250904_10160841.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3174/indicacao_-_posto_de_saude_sol_nascente_.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3175/airton_senna_ii.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_-_escola_sol_nascente_.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3177/academia_ao_ar_livre_agrovila_sol_nascente.pdfatl.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3180/idicacao_museu_assinada.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3181/ciclofaixa_1.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3183/contrucao_da_creche_cei_paraiso_infantil.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3184/aquisicao_de_terreno_e_construcao_sede_subprefeitura_de_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3185/travessao_pimentel.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3186/indicacao_52_-2025_-___estacionamento_objetivo_____1.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3187/indicacao_mobilia_hga.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3188/ind._iii.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3189/dom_lorezno_1.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3190/ceo.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3191/11.09.2025_indicacao_reativacao_do_centro_de_defesa_integrado_social_.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3192/10.09.2025_indicacao_ponte__do_gadelha_estrada_da_princesa.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3193/indicacao__recapeamento.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3194/indicacao__emef_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3195/indicacao__assinada_-_merces_-_recapeamento_03_ruas_bairro_presidente_medici.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3196/sugere_alteracao_do_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3197/implementar_semana_ciltural_e_esportiva.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3198/banheiros_porto_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3200/copia_de_indicacao_poeirao_arquibancada5ej_banheiro_e_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3204/indicacao_diogo.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3207/indicacao_53_-2025_-___semaforo_polivalente_____.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3208/indicacao_54_-2025_-___cobrir_caminhoes_de_areia_______.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3209/pavimentacao_asfaltica_da_avenida_orlando_hienzer.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3210/concha_acustica_.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3211/camscanner_18-09-2025_11.48.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3212/republica_federativa_do_brasil_-_estado_do_para_18.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3213/17.09.2025_indicacao_academia_e_praca_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3214/lombada_agrovila_luiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3215/17.09.2025_ndicacao_vista_alegre-_certo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3216/ind._canteiro_central_da_av._acesso_3.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3218/ind._mutirao_oftamologico.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3219/mudanca_de_ciclofaixas_1.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3222/van_para_translado_de_pacientes_.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3223/altoclave_hga.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3224/24.09.2025_ndicacao_vista_alegre__av_uniao_etv....pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3225/24.09.2025_indicacao_academia_e_praca_santa_ana.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3226/republica_federativa_do_brasil_-_estado_do_para_20.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3227/lavadora_indrustrial_hga.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3229/04_aparecida.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3230/camscanner_25-09-2025_10.18.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3231/indicacao__n.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3232/indicacao__redutores_.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3233/indicacao_extensao_tv_luis_coutinho_5.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3234/calendario_artistico_local.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3241/patrolamento_vicinal_coco_gelado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3242/patrolamento_vicinal_rio_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3243/01.10.2025_ndicacao__sinalizacao_semaforica.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3244/01.10.25_indicacao_placas_indicativas_cupiuba_certo.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3245/ind_lombadas_sao_joaquim..pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3246/retorno_oftamologia..pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3247/indicacao_de_ajustes_na_entrada.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3250/dia_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3252/aquisicao_de_uma_raio_x_portatil.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3253/indicacao_isencao_de_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3254/indicacao_n_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3255/indicacao_n_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3256/indicacao_-_sinalizacao_de_transito_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3257/poda_colina.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3263/caminhoes_para_transporte_de_alunos.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3264/capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3265/07.10.2025_indicacao_indicacao_rede_de_agua_loteamento_ayrton_senna_i_alameda_agostinho_gomes.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3266/07.10.2025-indicacao__implantacao_rede_de_agua_alameda_zenaide_.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3267/reativacao_do_semaforo.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3268/construcao_de_cobertura.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3269/construcao_de_3_quebra_molas_na_acesso_3.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3270/indicacao_recaoeamento_das_ruas_do_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3275/indicacao_55_-2025_-___prefeitura_nos_bairros_a_gestao_chegou_km23_______.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3277/indicacao_ramal_nenes_pdf.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3278/ind_lombadas_sao_joaquim.pdf1.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3279/indicacao.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3281/indicacao_699_diogo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3284/indicacao_campeonato_de_tenis_de_mesa_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3285/indicacao_57_-2025_-___f_protoco..__rua_leste_oeste_sudam_2____.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3286/indicacao_concurso_p..pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3287/indicacao_r._sebastiao_lucio_.pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3290/indicacao_-_pontos_de_pesca_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3298/21.10.2025_indicacao__titularizacaonova_altamira_.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3299/21.10.25_indicacao_terraplagem_cupuiba_e_chacara_verdes_mares.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3300/ind_central_de_exames_sol_nascente.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3301/indicacao_rotatoria_luiz_pereira_1.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3302/indicacao_ponto_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3303/indicacao_capela__mortuaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3307/construcao_de_casa_populares.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3308/pavimentacao_asfaltica_nas_ruas_rio_juruena_e_avenida_rio_curua.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3309/indicacao_direitos_humanos.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3313/calcada_bom_jesus_2.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3314/indicacao_instalacao_do_quebramola.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3315/indicacao_revitalizacao_de_frente_ao_dom_clemente_1.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3317/indicacao_58_-2025_-___poda_arvores_cais_____.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3320/instalacao_de_um_quebra-molas_na_avenida_francisco_rastik.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3321/conclusao_das_obras_de_reforma_da_escola_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3322/29.10.25_ndicacao_calcadas_ac_castelo_branco_santa_benedira.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3323/29.10.25_indicacao__asc_comunidade_passair.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3324/indicacao_revitalizacao_da_rua_manaus_1.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3325/buriti_quebra_molas_buriti_23.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3326/nova_sede_da_semtur.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3327/indicacao_rua_acesso_8.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3328/indicacao_ramal_da_tecas.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3329/lombada_monte_santo.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3334/pavimentacao_avenida_nhamunda.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3335/04.11.2025__indicacao_perfuracao_do_poco_escola_elisandra_jose_dias_.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3336/04.11.2025__indicacao_manutencao_da_rede_eletrica_escola_elisandra_jose_dias_.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3337/indicacao_ponte_travessao_parati..pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3338/indicacao_ramal_cama_de_vara_1.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3339/mesas_orla_do_cais.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3340/indicacao_revitalizacao_das_faixas_de_pedestre1_1.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3341/buriti_quebra_molas_buriti2_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3345/rua_raimunda_acacio.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3348/parque_de_exposicao_grau_de_rua.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3350/12.11.2025__indicacao_dormitorio_escola_elisandra_jose_dias_assurini_.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3351/12.11.2025_indicacao_refrma_nossa_senhora_aparecida.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3352/indicacao_reforma_escola_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3353/ind_pontes_bom_jardim_ii.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3354/indicacao_recuperacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3355/indicacao_cep_ass.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3356/pavimentacao_rua_rio_fresco.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3357/tv_alagoas_.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3358/indicacao_para_a_criacao_de_uma_lombofaixa1.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3365/indicacao_748-2025_silvano.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3367/camscanner_17-11-2025_12.35.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3368/camscanner_17-11-2025_12.40.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3373/18.11.25_indicacao_asfauto_cipo_ambe.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3374/18.11.25_indicacao_464.asfauto_ruas_brasilia_certo.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3377/pavimentacao_rua_rio_verde.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3378/judo.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3379/gorgulho_da_rita_ii.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3380/indicacao_ajustes_ciclofaixa_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3381/ramal_do_galego_9.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3382/ciclo_vias.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3383/3_turno_na_ubs_do_jatoba.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3391/camscanner_24-11-2025_09.42.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3404/indicacao_assinada_-_merces_-_reforma_emeif_artur_pessoa_mixila.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3405/indicacao_assinada_-_merces_-_rua_paulo_freire_sudam_ii.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3406/interprete.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3409/26.11.2025__indicacao_ponte_do_piquia_com_foto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3410/12.11.2025__indicacao_limpeza_e_pitura_do_bairro_liberdade_certo.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3413/pavimentacao_rua_rio_tocantinsdocx.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3416/pontes_desvio_do_noca.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3419/camscanner_27-11-2025_11.03.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3420/camscanner_27-11-2025_11.04.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3421/indicacao_ponte_do_acaizal_atl.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3422/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2528/mocao_-_merces__e_wilha_seguranca_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2578/mocao_gremio_altamira_assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2598/mocao_nossa_horta_assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2642/mocao_de_aplauso_a_marcos_silva_oliveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2645/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2730/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2815/mocao_colegio_adventista.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2818/mocao_aluna_sesi_ass.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2968/mocao_campeonato_ninho_do_urubu_assinado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2978/mocao_andreza_dourado_assinado.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2991/mocao_dia_do_karate_assinado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3010/republica_federativa_do_brasil_-_estado_do_para_11.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3045/mocao_2-_festival_cultural_e_jogos_indigenas__assinado_merces.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3057/mocao_cb_moraes20250731_10551299.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3063/mocao_pc20250731_10415769.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3110/mocao_de_aplauso_demutran.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3123/mocao_01-2025_-___ryanne_gama_____1.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3129/mocao_victor.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3131/mocao_ana_beatriz_dias_dos_santos_.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3135/mocao_de_aplausos_-_festfal.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3142/mocao_16obatalhao_.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3143/mocao_cpr_viii.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3147/mocao_em_conjunto_-_flix.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3249/mocao_de_aplausos_dr._gilmar.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3251/mocao_dia_do_jiu-jitsu_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3258/mocao_silvano_f.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3276/mocao_sr_osmar_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3288/mocao_assinada_-_merces__medicos.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3289/mocao_assinada_-_merces__professores.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3310/mocao_dia_do_judo_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3311/mocao_de_aplausos_escola_de_tecnologia_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3316/mocao_dr_dennyson_faria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3332/camscanner_04-11-2025_10.30.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3333/camscanner_04-11-2025_10.40.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3342/brnb42200422d8a_051674.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3346/camscanner_12-11-2025_10.04.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3347/mocao_fisiculturismo_.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3359/brnb42200422d8a_051782.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3360/brnb42200422d8a_051784.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3371/brnb42200422d8a_051783.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3375/mocao_senhor_feitosa.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3376/brnb42200422d8a_051879.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3384/mocao_81_-_2025_maycon_pontes.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3385/mocao_82-2025_maycon_pontes.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3407/camscanner_26-11-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3408/camscanner_26-11-2025_09.33.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3414/mocao_05-2025_-___marcio_preciliano_______1.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3415/mocao_04-2025_-___almir_uchoa_______.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3417/mocao_02-2025_-___priscilla_couto__.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3418/mocao_03-2025_-___jason_couto_____.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3423/mocao_ver._wilha.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3424/mocao_ver._eng_diogo.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3425/mocao_eng_diogo_urb.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3426/mocao_eng_diogo_2.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3296/camscanner_21-10-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2463/projeto_de_lei_016-2025_botao_de_panico_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2517/pl_019_-_enf._wilha_-_familia_acolhida.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2549/projetos_de_le_05.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2604/pl_-_merces_-_programa_municipal_de_educacao_pela_paz_e_boa_convivencia_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2653/ass_pl_-_merces_-_cras_itinerante_rural.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_lei_n0_34-2025.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2733/pl_040-25_-_pma_-_lei_de_dretrizes_orcamentarias_para_2026.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2749/pl_41-2025_institui_a_carteira_de_identificacao_da_pessoa_com_doenca_neoplasica_.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_lei_42_chesther.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2776/pl_043-2025_declara_como_patrimonio_cultural_a_marcha_para_jesus....pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2855/pl_006.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2868/pl_007_-__psicopedagogos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2877/pl_008_-_rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2916/pl_escuta_protegida_assinado.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2938/pl_009_-_raps.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2964/pl_-_merces_assinado_2_-_dia_municipal_do_pescador.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2973/pl_n0_55-2025_institui_o_programa_prefeitura_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3004/projeto_de_lei_que_autoriza_o_poder_executivo_a_instituir_o_programa_municipal_de_microcredito_produtivo_solidario...._destinado_ao_fomento....pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3009/projeto_de_ley_maykon_pontes.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3066/pl_059_-_conjunto_-_altera_nome_de_proprio_a_av._joao_pessoa_passa_a_denominar-se_av._xingu.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3071/camscanner_01-08-2025_13.39_2.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3072/pl_061-diogo_-_institui_o_programa_mun._de_inclusao_digital_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3077/06.08.2025_projeto_de_lei_maria_curumaru.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3080/pl_acuidade_visual.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3083/pl__assinado_-_merces_-_dia_municipal_do_carimbo_merces.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3094/pl_festival_folclorico_de_altamira_assinado.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3102/pl_cooperativa.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3108/pl__assinado-_merces_-_dia_municipal_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3109/whatsapp_scan_2025-08-13_at_11.10.42.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3120/pl_-_ruas_de_esporte_e_lazer_assinado.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3127/projeto_de_lei_71_.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3137/projeto_de_lei_aniversario_de_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_bombeiro_civil.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3154/pl__assinado_02_-_merces_-_institui_o_programa_cuidando_do_cuidador_familiar.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3158/camscanner_28-08-2025_12.21.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3159/versao_final_ppa_2026-2029_altamira_pa_ass.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3165/camscanner_03-09-2025_11.47.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3199/pl_ex_prefeito_armindo_denardin.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3202/pl_079-diogo_-_dia_municipal_do_jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3205/camscanner_15-09-2025_13.03_1.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3217/projeto_de_lei_obrigatoriedade_de_30_dias_exame_de_mama.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3237/projeto_de_lei_082-2025.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3240/projeto_de_lei_n0_83-2025.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3260/projeto_de_084-2025.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3272/camscanner_08-10-2025_12.50.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3273/camscanner_08-10-2025_12.54.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3274/camscanner_08-10-2025_12.58.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3282/projeto_de_lei_copos_e_canudos_platicos_-_2.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3291/camscanner_21-10-2025_09.35.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3292/camscanner_21-10-2025_09.51.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3294/camscanner_21-10-2025_10.47.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3295/camscanner_21-10-2025_11.13.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3304/camscanner_23-10-2025_09.45.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3305/camscanner_23-10-2025_09.54.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_orcamentario_anual_e_anexo_exercicio_2026.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3344/camscanner_11-11-2025_09.30_1.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3363/camscanner_14-11-2025_09.02.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3366/camscanner_17-11-2025_08.52.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3427/camscanner_01-12-2025_13.19_1.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3428/camscanner_01-12-2025_13.30.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3429/camscanner_01-12-2025_13.40.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3430/camscanner_01-12-2025_13.49.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3442/camscanner_05-12-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2908/projeto_de_resolucao_003-2025_-_institui_o_programa_de_camara_itinerante.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3235/camscanner_26-09-2025_09.39.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3444/projeto_de_resolucao_005_-_sapl_-_altamira.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3369/camscanner_18-11-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3364/camscanner_14-11-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3001/proposta_de_emenda_ver._eilha.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3411/camscanner_26-11-2025_11.17.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3412/camscanner_26-11-2025_11.29.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3431/camscanner_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_-_merces__roni_emef_joao_paulo_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_conjunta_-_merces_e_wilha_-_reforma_do_samu_assinada.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_conjunta_-_merces_e_wilha-_recuperacao_ramal_das_chacaras_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_conjunta_-_merces_e_wilha_-_academia_ao_ar_livre_emef_oneide_de_sousa_tavares_pdf_assinada.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_10_1.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2610/manutencao_pista_do_cilon_e_ponto_alto_leiloes_assinado.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2651/ass_indicacao_conjunta_-_merces_e_roni__-_asfalto_castelo_de_sonhos.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2650/ass_indicacao_conjunta_-_merces_e_victor_-_cobertura_quadra_de_esportes_emef_ulisses.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2652/ass_indicacao_conjunta_-_merces_e_roni_-_construcao_escola_castelo_de_sonhos.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao__bela_vista__brasilia_e_mutirao_conjunta.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_aressa_conjunta.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_conjuntos_ver._victor_e.....pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao_conjunto_dos_vereadores_victor_e.....pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2688/assinada_indicacao_conjunta_-_merces_e_diogo_-__posto_de_saude_bonanza.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2689/assinada_indicacao_conjunta_-_merces_e_wilha-_reforma_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2695/indicacao_da_piscina_assinado.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2756/indicacao_21-2025_-_vaquejada_anual__assinado.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_em_conjunto_47_.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_conjunta_-__posto_de_saude_bairro_jd_ind_i_.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2764/indicacao_conjunta_assinada_-__reforma_das_calcadas_piso_tatil_e_rampas.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_tercio_brito.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_23-2025_conjunta_-_festival_de_verao_orla_assinado.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2794/indicacao_conjunto_52-2025.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_conjunta_4.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_conjunta_02.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_em_conjunto_n_ilha_do_chicote_.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_em_conjunto_criacao_de_um_local_adequado_para_o_estacionamento_e_organizacao_dos_veiculos_que_prestam_servicos_de_frete_no_municipio_de_altamira.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_em_conjunto_implantacao_de_cameras_na_orla_do_cais_s.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2907/indicacao_em_conjunto_n_ilha_do_chicote_2705.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2911/copao_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2912/republica_federativa_do_brasil_-_estado_do_para_2.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2913/republica_federativa_do_brasil_-_estado_do_para_3.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2921/indicacao_em_conjunto_geraldo_emidio3.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2942/indicacao_em_conjunto_comando_de_saude_ilha_do_c..pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_em_conjunto_secretarias_empreendedorismo.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2945/indicacao_35-2025_-_projeto_adote_uma_praca__assinado_001.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2971/ind_conj_enf_wilha_e_eng_diogo_1.docx" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2995/indicacoes_conjunta_4.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2989/solicita_a_coleta_regular_de_lixo_nas_comunidades_sol_nascente_e_quatro_bocas_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao_conjunto_merces_prince_e_sargento.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_em_conjunto_maykon_e_prince.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3034/camscanner_18-06-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3074/indicacao_conjunta_assinada_-_merces_e_diogo_-_ressonancia_magnetica.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3116/rampa_municipal20250814_10470784.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3157/indicacao_assinada_cj_merces_e_wilha.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_em_conjunto_caja_i.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3203/indicacao_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3228/indicacoes_11.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3248/indicacoes_12.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3283/indicacao_conj_assinada-_merces_e_mayckon_-_ampliacao_da_estrutura_fisica_do_cei_ruth_passarinho.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3386/brnb42200422d8a_051890.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3387/emenda_impositiva_mayckon_24-11-2025_08.26.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3388/emenda_impositiva_prince_couto__24-11-2025_08.23.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3389/emenda_impositiva_vanderjaime__24-11-2025_08.19.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3392/camscanner_24-11-2025_09.56.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3393/1._emenda_impositiva_-_artroscopia.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3394/camscanner_26-11-2025_10.50.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3395/camscanner_26-11-2025_11.00.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3396/6._emenda_impositiva_-_bebedouro_multifuncional.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3397/4._emenda_impositiva_-_criacao_de_um_espaco_sensorial.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3398/5_emenda_impositiva_-_demutran.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3399/camscanner_24-11-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3400/emenda_impostiva_-_saude._enfermeira_wilha.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3401/camscanner_24-11-2025_12.27.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3402/camscanner_27-11-2025_11.54.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3293/camscanner_21-10-2025_10.33.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2773/veto_01_ao_pl_019_da_enfermeira_wilha.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2774/veto_ao_pl_015_do_vereador_diogo_pereira.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/2775/veto_ao_pl_16_do_vereador_diogo_pereira.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3124/parecer_da_comissao_ccjr_pl_64.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3125/parecer_da_comissao_ccjr_pl_652025.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3126/parecer_da_comissao_ccjr.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3130/ordinaria_22_-_26.08.25.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3220/parecer_da_ccjr_favoravel_a_aprovacao_pl_49-dr._rodrigo_-_rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3236/parecer_ccjr_favoravel_a_aprovacao_pl_52-diogo_-_consciencia_indigena.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/sapl/public/materialegislativa/2025/3453/parecer_ao_pl_55-2025_.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altamira.pa.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1103"/>
+  <dimension ref="A1:H1104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -35555,4353 +35564,4353 @@
       </c>
       <c r="D884" t="s">
         <v>3125</v>
       </c>
       <c r="E884" t="s">
         <v>3126</v>
       </c>
       <c r="F884" t="s">
         <v>3190</v>
       </c>
       <c r="G884" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H884" t="s">
         <v>3191</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
         <v>3192</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>2927</v>
+        <v>107</v>
       </c>
       <c r="D885" t="s">
         <v>3125</v>
       </c>
       <c r="E885" t="s">
         <v>3126</v>
       </c>
       <c r="F885" t="s">
+        <v>29</v>
+      </c>
+      <c r="G885" s="1" t="s">
         <v>3193</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H885" t="s">
         <v>3194</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
         <v>3195</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D886" t="s">
         <v>3125</v>
       </c>
       <c r="E886" t="s">
         <v>3126</v>
       </c>
       <c r="F886" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="G886" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H886" t="s">
         <v>3196</v>
-      </c>
-[...1 lines deleted...]
-        <v>3197</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>3198</v>
+        <v>3197</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D887" t="s">
         <v>3125</v>
       </c>
       <c r="E887" t="s">
         <v>3126</v>
       </c>
       <c r="F887" t="s">
-        <v>50</v>
+        <v>370</v>
       </c>
       <c r="G887" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H887" t="s">
-        <v>3199</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>3200</v>
+        <v>3199</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D888" t="s">
         <v>3125</v>
       </c>
       <c r="E888" t="s">
         <v>3126</v>
       </c>
       <c r="F888" t="s">
-        <v>370</v>
+        <v>29</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>18</v>
+        <v>3200</v>
       </c>
       <c r="H888" t="s">
         <v>3201</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
         <v>3202</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D889" t="s">
         <v>3125</v>
       </c>
       <c r="E889" t="s">
         <v>3126</v>
       </c>
       <c r="F889" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="G889" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H889" t="s">
         <v>3203</v>
-      </c>
-[...1 lines deleted...]
-        <v>3204</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>3205</v>
+        <v>3204</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D890" t="s">
         <v>3125</v>
       </c>
       <c r="E890" t="s">
         <v>3126</v>
       </c>
       <c r="F890" t="s">
-        <v>180</v>
+        <v>148</v>
       </c>
       <c r="G890" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H890" t="s">
-        <v>3206</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>3207</v>
+        <v>3206</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D891" t="s">
         <v>3125</v>
       </c>
       <c r="E891" t="s">
         <v>3126</v>
       </c>
       <c r="F891" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="G891" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H891" t="s">
-        <v>3208</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>3209</v>
+        <v>3208</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D892" t="s">
         <v>3125</v>
       </c>
       <c r="E892" t="s">
         <v>3126</v>
       </c>
       <c r="F892" t="s">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="G892" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H892" t="s">
-        <v>3210</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>3211</v>
+        <v>3210</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D893" t="s">
         <v>3125</v>
       </c>
       <c r="E893" t="s">
         <v>3126</v>
       </c>
       <c r="F893" t="s">
         <v>43</v>
       </c>
       <c r="G893" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H893" t="s">
-        <v>3212</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>3213</v>
+        <v>3212</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D894" t="s">
         <v>3125</v>
       </c>
       <c r="E894" t="s">
         <v>3126</v>
       </c>
       <c r="F894" t="s">
-        <v>43</v>
+        <v>3117</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>18</v>
+        <v>3213</v>
       </c>
       <c r="H894" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
         <v>3215</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D895" t="s">
         <v>3125</v>
       </c>
       <c r="E895" t="s">
         <v>3126</v>
       </c>
       <c r="F895" t="s">
-        <v>3117</v>
+        <v>29</v>
       </c>
       <c r="G895" s="1" t="s">
         <v>3216</v>
       </c>
       <c r="H895" t="s">
         <v>3217</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
         <v>3218</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D896" t="s">
         <v>3125</v>
       </c>
       <c r="E896" t="s">
         <v>3126</v>
       </c>
       <c r="F896" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="G896" s="1" t="s">
         <v>3219</v>
       </c>
       <c r="H896" t="s">
         <v>3220</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
         <v>3221</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D897" t="s">
         <v>3125</v>
       </c>
       <c r="E897" t="s">
         <v>3126</v>
       </c>
       <c r="F897" t="s">
-        <v>180</v>
+        <v>43</v>
       </c>
       <c r="G897" s="1" t="s">
         <v>3222</v>
       </c>
       <c r="H897" t="s">
         <v>3223</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
         <v>3224</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D898" t="s">
         <v>3125</v>
       </c>
       <c r="E898" t="s">
         <v>3126</v>
       </c>
       <c r="F898" t="s">
-        <v>43</v>
+        <v>305</v>
       </c>
       <c r="G898" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H898" t="s">
         <v>3225</v>
-      </c>
-[...1 lines deleted...]
-        <v>3226</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>3227</v>
+        <v>3226</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D899" t="s">
         <v>3125</v>
       </c>
       <c r="E899" t="s">
         <v>3126</v>
       </c>
       <c r="F899" t="s">
-        <v>305</v>
+        <v>3117</v>
       </c>
       <c r="G899" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H899" t="s">
-        <v>3228</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>3229</v>
+        <v>3228</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D900" t="s">
         <v>3125</v>
       </c>
       <c r="E900" t="s">
         <v>3126</v>
       </c>
       <c r="F900" t="s">
-        <v>3117</v>
+        <v>256</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>18</v>
+        <v>3229</v>
       </c>
       <c r="H900" t="s">
         <v>3230</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
         <v>3231</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D901" t="s">
         <v>3125</v>
       </c>
       <c r="E901" t="s">
         <v>3126</v>
       </c>
       <c r="F901" t="s">
-        <v>256</v>
+        <v>74</v>
       </c>
       <c r="G901" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H901" t="s">
         <v>3232</v>
-      </c>
-[...1 lines deleted...]
-        <v>3233</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3234</v>
+        <v>3233</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D902" t="s">
         <v>3125</v>
       </c>
       <c r="E902" t="s">
         <v>3126</v>
       </c>
       <c r="F902" t="s">
-        <v>74</v>
+        <v>256</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>18</v>
+        <v>3234</v>
       </c>
       <c r="H902" t="s">
         <v>3235</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
         <v>3236</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D903" t="s">
         <v>3125</v>
       </c>
       <c r="E903" t="s">
         <v>3126</v>
       </c>
       <c r="F903" t="s">
         <v>256</v>
       </c>
       <c r="G903" s="1" t="s">
         <v>3237</v>
       </c>
       <c r="H903" t="s">
         <v>3238</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
         <v>3239</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D904" t="s">
         <v>3125</v>
       </c>
       <c r="E904" t="s">
         <v>3126</v>
       </c>
       <c r="F904" t="s">
-        <v>256</v>
+        <v>74</v>
       </c>
       <c r="G904" s="1" t="s">
         <v>3240</v>
       </c>
       <c r="H904" t="s">
         <v>3241</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
         <v>3242</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D905" t="s">
         <v>3125</v>
       </c>
       <c r="E905" t="s">
         <v>3126</v>
       </c>
       <c r="F905" t="s">
-        <v>74</v>
+        <v>305</v>
       </c>
       <c r="G905" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H905" t="s">
         <v>3243</v>
-      </c>
-[...1 lines deleted...]
-        <v>3244</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>3245</v>
+        <v>3244</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D906" t="s">
         <v>3125</v>
       </c>
       <c r="E906" t="s">
         <v>3126</v>
       </c>
       <c r="F906" t="s">
         <v>305</v>
       </c>
       <c r="G906" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H906" t="s">
-        <v>3246</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>3247</v>
+        <v>3246</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D907" t="s">
         <v>3125</v>
       </c>
       <c r="E907" t="s">
         <v>3126</v>
       </c>
       <c r="F907" t="s">
-        <v>305</v>
+        <v>256</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>18</v>
+        <v>3247</v>
       </c>
       <c r="H907" t="s">
         <v>3248</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
         <v>3249</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D908" t="s">
         <v>3125</v>
       </c>
       <c r="E908" t="s">
         <v>3126</v>
       </c>
       <c r="F908" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="G908" s="1" t="s">
         <v>3250</v>
       </c>
       <c r="H908" t="s">
         <v>3251</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
         <v>3252</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D909" t="s">
         <v>3125</v>
       </c>
       <c r="E909" t="s">
         <v>3126</v>
       </c>
       <c r="F909" t="s">
-        <v>29</v>
+        <v>3117</v>
       </c>
       <c r="G909" s="1" t="s">
         <v>3253</v>
       </c>
       <c r="H909" t="s">
         <v>3254</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
         <v>3255</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D910" t="s">
         <v>3125</v>
       </c>
       <c r="E910" t="s">
         <v>3126</v>
       </c>
       <c r="F910" t="s">
-        <v>3117</v>
+        <v>90</v>
       </c>
       <c r="G910" s="1" t="s">
         <v>3256</v>
       </c>
       <c r="H910" t="s">
         <v>3257</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
         <v>3258</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>186</v>
+        <v>2999</v>
       </c>
       <c r="D911" t="s">
         <v>3125</v>
       </c>
       <c r="E911" t="s">
         <v>3126</v>
       </c>
       <c r="F911" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="G911" s="1" t="s">
         <v>3259</v>
       </c>
       <c r="H911" t="s">
         <v>3260</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
         <v>3261</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>2999</v>
+        <v>192</v>
       </c>
       <c r="D912" t="s">
         <v>3125</v>
       </c>
       <c r="E912" t="s">
         <v>3126</v>
       </c>
       <c r="F912" t="s">
-        <v>70</v>
+        <v>3262</v>
       </c>
       <c r="G912" s="1" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
       <c r="H912" t="s">
-        <v>3263</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
-        <v>3264</v>
+        <v>3265</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D913" t="s">
         <v>3125</v>
       </c>
       <c r="E913" t="s">
         <v>3126</v>
       </c>
       <c r="F913" t="s">
-        <v>3265</v>
+        <v>305</v>
       </c>
       <c r="G913" s="1" t="s">
         <v>3266</v>
       </c>
       <c r="H913" t="s">
         <v>3267</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
         <v>3268</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D914" t="s">
         <v>3125</v>
       </c>
       <c r="E914" t="s">
         <v>3126</v>
       </c>
       <c r="F914" t="s">
         <v>305</v>
       </c>
       <c r="G914" s="1" t="s">
         <v>3269</v>
       </c>
       <c r="H914" t="s">
         <v>3270</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
         <v>3271</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D915" t="s">
         <v>3125</v>
       </c>
       <c r="E915" t="s">
         <v>3126</v>
       </c>
       <c r="F915" t="s">
-        <v>305</v>
+        <v>449</v>
       </c>
       <c r="G915" s="1" t="s">
         <v>3272</v>
       </c>
       <c r="H915" t="s">
         <v>3273</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
         <v>3274</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D916" t="s">
         <v>3125</v>
       </c>
       <c r="E916" t="s">
         <v>3126</v>
       </c>
       <c r="F916" t="s">
-        <v>449</v>
+        <v>256</v>
       </c>
       <c r="G916" s="1" t="s">
         <v>3275</v>
       </c>
       <c r="H916" t="s">
         <v>3276</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
         <v>3277</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D917" t="s">
         <v>3125</v>
       </c>
       <c r="E917" t="s">
         <v>3126</v>
       </c>
       <c r="F917" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="G917" s="1" t="s">
         <v>3278</v>
       </c>
       <c r="H917" t="s">
         <v>3279</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
         <v>3280</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D918" t="s">
         <v>3125</v>
       </c>
       <c r="E918" t="s">
         <v>3126</v>
       </c>
       <c r="F918" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="G918" s="1" t="s">
         <v>3281</v>
       </c>
       <c r="H918" t="s">
         <v>3282</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
         <v>3283</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D919" t="s">
         <v>3125</v>
       </c>
       <c r="E919" t="s">
         <v>3126</v>
       </c>
       <c r="F919" t="s">
-        <v>74</v>
+        <v>3117</v>
       </c>
       <c r="G919" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H919" t="s">
         <v>3284</v>
-      </c>
-[...1 lines deleted...]
-        <v>3285</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>3286</v>
+        <v>3285</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D920" t="s">
         <v>3125</v>
       </c>
       <c r="E920" t="s">
         <v>3126</v>
       </c>
       <c r="F920" t="s">
-        <v>3117</v>
+        <v>256</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>18</v>
+        <v>3286</v>
       </c>
       <c r="H920" t="s">
         <v>3287</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
         <v>3288</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D921" t="s">
         <v>3125</v>
       </c>
       <c r="E921" t="s">
         <v>3126</v>
       </c>
       <c r="F921" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="G921" s="1" t="s">
         <v>3289</v>
       </c>
       <c r="H921" t="s">
         <v>3290</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
         <v>3291</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D922" t="s">
         <v>3125</v>
       </c>
       <c r="E922" t="s">
         <v>3126</v>
       </c>
       <c r="F922" t="s">
-        <v>29</v>
+        <v>148</v>
       </c>
       <c r="G922" s="1" t="s">
         <v>3292</v>
       </c>
       <c r="H922" t="s">
         <v>3293</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
         <v>3294</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D923" t="s">
         <v>3125</v>
       </c>
       <c r="E923" t="s">
         <v>3126</v>
       </c>
       <c r="F923" t="s">
-        <v>148</v>
+        <v>74</v>
       </c>
       <c r="G923" s="1" t="s">
         <v>3295</v>
       </c>
       <c r="H923" t="s">
         <v>3296</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
         <v>3297</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D924" t="s">
         <v>3125</v>
       </c>
       <c r="E924" t="s">
         <v>3126</v>
       </c>
       <c r="F924" t="s">
-        <v>74</v>
+        <v>305</v>
       </c>
       <c r="G924" s="1" t="s">
         <v>3298</v>
       </c>
       <c r="H924" t="s">
         <v>3299</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
         <v>3300</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D925" t="s">
         <v>3125</v>
       </c>
       <c r="E925" t="s">
         <v>3126</v>
       </c>
       <c r="F925" t="s">
-        <v>305</v>
+        <v>2066</v>
       </c>
       <c r="G925" s="1" t="s">
         <v>3301</v>
       </c>
       <c r="H925" t="s">
         <v>3302</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
         <v>3303</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D926" t="s">
         <v>3125</v>
       </c>
       <c r="E926" t="s">
         <v>3126</v>
       </c>
       <c r="F926" t="s">
-        <v>2066</v>
+        <v>180</v>
       </c>
       <c r="G926" s="1" t="s">
         <v>3304</v>
       </c>
       <c r="H926" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
         <v>3306</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D927" t="s">
         <v>3125</v>
       </c>
       <c r="E927" t="s">
         <v>3126</v>
       </c>
       <c r="F927" t="s">
-        <v>180</v>
+        <v>29</v>
       </c>
       <c r="G927" s="1" t="s">
         <v>3307</v>
       </c>
       <c r="H927" t="s">
         <v>3308</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
         <v>3309</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D928" t="s">
         <v>3125</v>
       </c>
       <c r="E928" t="s">
         <v>3126</v>
       </c>
       <c r="F928" t="s">
-        <v>29</v>
+        <v>305</v>
       </c>
       <c r="G928" s="1" t="s">
         <v>3310</v>
       </c>
       <c r="H928" t="s">
         <v>3311</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
         <v>3312</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D929" t="s">
         <v>3125</v>
       </c>
       <c r="E929" t="s">
         <v>3126</v>
       </c>
       <c r="F929" t="s">
-        <v>305</v>
+        <v>3117</v>
       </c>
       <c r="G929" s="1" t="s">
         <v>3313</v>
       </c>
       <c r="H929" t="s">
         <v>3314</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
         <v>3315</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D930" t="s">
         <v>3125</v>
       </c>
       <c r="E930" t="s">
         <v>3126</v>
       </c>
       <c r="F930" t="s">
-        <v>3117</v>
+        <v>36</v>
       </c>
       <c r="G930" s="1" t="s">
         <v>3316</v>
       </c>
       <c r="H930" t="s">
         <v>3317</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
         <v>3318</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D931" t="s">
         <v>3125</v>
       </c>
       <c r="E931" t="s">
         <v>3126</v>
       </c>
       <c r="F931" t="s">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="G931" s="1" t="s">
         <v>3319</v>
       </c>
       <c r="H931" t="s">
         <v>3320</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
         <v>3321</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D932" t="s">
         <v>3125</v>
       </c>
       <c r="E932" t="s">
         <v>3126</v>
       </c>
       <c r="F932" t="s">
-        <v>180</v>
+        <v>305</v>
       </c>
       <c r="G932" s="1" t="s">
         <v>3322</v>
       </c>
       <c r="H932" t="s">
         <v>3323</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
         <v>3324</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D933" t="s">
         <v>3125</v>
       </c>
       <c r="E933" t="s">
         <v>3126</v>
       </c>
       <c r="F933" t="s">
-        <v>305</v>
+        <v>3117</v>
       </c>
       <c r="G933" s="1" t="s">
         <v>3325</v>
       </c>
       <c r="H933" t="s">
         <v>3326</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
         <v>3327</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D934" t="s">
         <v>3125</v>
       </c>
       <c r="E934" t="s">
         <v>3126</v>
       </c>
       <c r="F934" t="s">
-        <v>3117</v>
+        <v>180</v>
       </c>
       <c r="G934" s="1" t="s">
         <v>3328</v>
       </c>
       <c r="H934" t="s">
         <v>3329</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
         <v>3330</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D935" t="s">
         <v>3125</v>
       </c>
       <c r="E935" t="s">
         <v>3126</v>
       </c>
       <c r="F935" t="s">
-        <v>180</v>
+        <v>3117</v>
       </c>
       <c r="G935" s="1" t="s">
         <v>3331</v>
       </c>
       <c r="H935" t="s">
         <v>3332</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
         <v>3333</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D936" t="s">
         <v>3125</v>
       </c>
       <c r="E936" t="s">
         <v>3126</v>
       </c>
       <c r="F936" t="s">
         <v>3117</v>
       </c>
       <c r="G936" s="1" t="s">
         <v>3334</v>
       </c>
       <c r="H936" t="s">
         <v>3335</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
         <v>3336</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D937" t="s">
         <v>3125</v>
       </c>
       <c r="E937" t="s">
         <v>3126</v>
       </c>
       <c r="F937" t="s">
-        <v>3117</v>
+        <v>3337</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="H937" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="B938" t="s">
         <v>9</v>
       </c>
       <c r="C938" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D938" t="s">
         <v>3125</v>
       </c>
       <c r="E938" t="s">
         <v>3126</v>
       </c>
       <c r="F938" t="s">
-        <v>3340</v>
+        <v>3117</v>
       </c>
       <c r="G938" s="1" t="s">
         <v>3341</v>
       </c>
       <c r="H938" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
         <v>3343</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D939" t="s">
         <v>3125</v>
       </c>
       <c r="E939" t="s">
         <v>3126</v>
       </c>
       <c r="F939" t="s">
         <v>3117</v>
       </c>
       <c r="G939" s="1" t="s">
         <v>3344</v>
       </c>
       <c r="H939" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
         <v>3346</v>
       </c>
       <c r="B940" t="s">
         <v>9</v>
       </c>
       <c r="C940" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D940" t="s">
         <v>3125</v>
       </c>
       <c r="E940" t="s">
         <v>3126</v>
       </c>
       <c r="F940" t="s">
         <v>3117</v>
       </c>
       <c r="G940" s="1" t="s">
         <v>3347</v>
       </c>
       <c r="H940" t="s">
         <v>3348</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
         <v>3349</v>
       </c>
       <c r="B941" t="s">
         <v>9</v>
       </c>
       <c r="C941" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D941" t="s">
         <v>3125</v>
       </c>
       <c r="E941" t="s">
         <v>3126</v>
       </c>
       <c r="F941" t="s">
-        <v>3117</v>
+        <v>180</v>
       </c>
       <c r="G941" s="1" t="s">
         <v>3350</v>
       </c>
       <c r="H941" t="s">
         <v>3351</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
         <v>3352</v>
       </c>
       <c r="B942" t="s">
         <v>9</v>
       </c>
       <c r="C942" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D942" t="s">
         <v>3125</v>
       </c>
       <c r="E942" t="s">
         <v>3126</v>
       </c>
       <c r="F942" t="s">
-        <v>180</v>
+        <v>3117</v>
       </c>
       <c r="G942" s="1" t="s">
         <v>3353</v>
       </c>
       <c r="H942" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
         <v>3355</v>
       </c>
       <c r="B943" t="s">
         <v>9</v>
       </c>
       <c r="C943" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D943" t="s">
         <v>3125</v>
       </c>
       <c r="E943" t="s">
         <v>3126</v>
       </c>
       <c r="F943" t="s">
         <v>3117</v>
       </c>
       <c r="G943" s="1" t="s">
         <v>3356</v>
       </c>
       <c r="H943" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
         <v>3358</v>
       </c>
       <c r="B944" t="s">
         <v>9</v>
       </c>
       <c r="C944" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D944" t="s">
         <v>3125</v>
       </c>
       <c r="E944" t="s">
         <v>3126</v>
       </c>
       <c r="F944" t="s">
         <v>3117</v>
       </c>
       <c r="G944" s="1" t="s">
         <v>3359</v>
       </c>
       <c r="H944" t="s">
         <v>3360</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
         <v>3361</v>
       </c>
       <c r="B945" t="s">
         <v>9</v>
       </c>
       <c r="C945" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="D945" t="s">
         <v>3125</v>
       </c>
       <c r="E945" t="s">
         <v>3126</v>
       </c>
       <c r="F945" t="s">
         <v>3117</v>
       </c>
       <c r="G945" s="1" t="s">
         <v>3362</v>
       </c>
       <c r="H945" t="s">
         <v>3363</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
         <v>3364</v>
       </c>
       <c r="B946" t="s">
         <v>9</v>
       </c>
       <c r="C946" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D946" t="s">
         <v>3125</v>
       </c>
       <c r="E946" t="s">
         <v>3126</v>
       </c>
       <c r="F946" t="s">
-        <v>3117</v>
+        <v>305</v>
       </c>
       <c r="G946" s="1" t="s">
         <v>3365</v>
       </c>
       <c r="H946" t="s">
         <v>3366</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
         <v>3367</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D947" t="s">
         <v>3125</v>
       </c>
       <c r="E947" t="s">
         <v>3126</v>
       </c>
       <c r="F947" t="s">
         <v>305</v>
       </c>
       <c r="G947" s="1" t="s">
         <v>3368</v>
       </c>
       <c r="H947" t="s">
         <v>3369</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
         <v>3370</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D948" t="s">
         <v>3125</v>
       </c>
       <c r="E948" t="s">
         <v>3126</v>
       </c>
       <c r="F948" t="s">
-        <v>305</v>
+        <v>3117</v>
       </c>
       <c r="G948" s="1" t="s">
         <v>3371</v>
       </c>
       <c r="H948" t="s">
         <v>3372</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
         <v>3373</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D949" t="s">
         <v>3125</v>
       </c>
       <c r="E949" t="s">
         <v>3126</v>
       </c>
       <c r="F949" t="s">
         <v>3117</v>
       </c>
       <c r="G949" s="1" t="s">
         <v>3374</v>
       </c>
       <c r="H949" t="s">
         <v>3375</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
         <v>3376</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D950" t="s">
         <v>3125</v>
       </c>
       <c r="E950" t="s">
         <v>3126</v>
       </c>
       <c r="F950" t="s">
-        <v>3117</v>
+        <v>305</v>
       </c>
       <c r="G950" s="1" t="s">
         <v>3377</v>
       </c>
       <c r="H950" t="s">
         <v>3378</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
         <v>3379</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D951" t="s">
         <v>3125</v>
       </c>
       <c r="E951" t="s">
         <v>3126</v>
       </c>
       <c r="F951" t="s">
-        <v>305</v>
+        <v>3117</v>
       </c>
       <c r="G951" s="1" t="s">
         <v>3380</v>
       </c>
       <c r="H951" t="s">
         <v>3381</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
         <v>3382</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D952" t="s">
         <v>3125</v>
       </c>
       <c r="E952" t="s">
         <v>3126</v>
       </c>
       <c r="F952" t="s">
         <v>3117</v>
       </c>
       <c r="G952" s="1" t="s">
         <v>3383</v>
       </c>
       <c r="H952" t="s">
         <v>3384</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
         <v>3385</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D953" t="s">
         <v>3125</v>
       </c>
       <c r="E953" t="s">
         <v>3126</v>
       </c>
       <c r="F953" t="s">
         <v>3117</v>
       </c>
       <c r="G953" s="1" t="s">
         <v>3386</v>
       </c>
       <c r="H953" t="s">
         <v>3387</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
         <v>3388</v>
       </c>
       <c r="B954" t="s">
         <v>9</v>
       </c>
       <c r="C954" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D954" t="s">
         <v>3125</v>
       </c>
       <c r="E954" t="s">
         <v>3126</v>
       </c>
       <c r="F954" t="s">
         <v>3117</v>
       </c>
       <c r="G954" s="1" t="s">
         <v>3389</v>
       </c>
       <c r="H954" t="s">
         <v>3390</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
         <v>3391</v>
       </c>
       <c r="B955" t="s">
         <v>9</v>
       </c>
       <c r="C955" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="D955" t="s">
         <v>3125</v>
       </c>
       <c r="E955" t="s">
         <v>3126</v>
       </c>
       <c r="F955" t="s">
         <v>3117</v>
       </c>
       <c r="G955" s="1" t="s">
         <v>3392</v>
       </c>
       <c r="H955" t="s">
         <v>3393</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
         <v>3394</v>
       </c>
       <c r="B956" t="s">
         <v>9</v>
       </c>
       <c r="C956" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="D956" t="s">
         <v>3125</v>
       </c>
       <c r="E956" t="s">
         <v>3126</v>
       </c>
       <c r="F956" t="s">
         <v>3117</v>
       </c>
       <c r="G956" s="1" t="s">
         <v>3395</v>
       </c>
       <c r="H956" t="s">
         <v>3396</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
         <v>3397</v>
       </c>
       <c r="B957" t="s">
         <v>9</v>
       </c>
       <c r="C957" t="s">
-        <v>328</v>
+        <v>10</v>
       </c>
       <c r="D957" t="s">
-        <v>3125</v>
+        <v>3398</v>
       </c>
       <c r="E957" t="s">
-        <v>3126</v>
+        <v>3399</v>
       </c>
       <c r="F957" t="s">
-        <v>3117</v>
+        <v>3400</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>3398</v>
+        <v>18</v>
       </c>
       <c r="H957" t="s">
-        <v>3399</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>3400</v>
+        <v>3402</v>
       </c>
       <c r="B958" t="s">
         <v>9</v>
       </c>
       <c r="C958" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D958" t="s">
-        <v>3401</v>
+        <v>3398</v>
       </c>
       <c r="E958" t="s">
-        <v>3402</v>
+        <v>3399</v>
       </c>
       <c r="F958" t="s">
-        <v>3403</v>
+        <v>29</v>
       </c>
       <c r="G958" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H958" t="s">
-        <v>3404</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>21</v>
+      </c>
+      <c r="D959" t="s">
+        <v>3398</v>
+      </c>
+      <c r="E959" t="s">
+        <v>3399</v>
+      </c>
+      <c r="F959" t="s">
+        <v>305</v>
+      </c>
+      <c r="G959" s="1" t="s">
         <v>3405</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H959" t="s">
         <v>3406</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
         <v>3407</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D960" t="s">
-        <v>3401</v>
+        <v>3398</v>
       </c>
       <c r="E960" t="s">
-        <v>3402</v>
+        <v>3399</v>
       </c>
       <c r="F960" t="s">
         <v>305</v>
       </c>
       <c r="G960" s="1" t="s">
         <v>3408</v>
       </c>
       <c r="H960" t="s">
         <v>3409</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
         <v>3410</v>
       </c>
       <c r="B961" t="s">
         <v>9</v>
       </c>
       <c r="C961" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D961" t="s">
-        <v>3401</v>
+        <v>3398</v>
       </c>
       <c r="E961" t="s">
-        <v>3402</v>
+        <v>3399</v>
       </c>
       <c r="F961" t="s">
         <v>305</v>
       </c>
       <c r="G961" s="1" t="s">
         <v>3411</v>
       </c>
       <c r="H961" t="s">
         <v>3412</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
         <v>3413</v>
       </c>
       <c r="B962" t="s">
         <v>9</v>
       </c>
       <c r="C962" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D962" t="s">
-        <v>3401</v>
+        <v>3414</v>
       </c>
       <c r="E962" t="s">
-        <v>3402</v>
+        <v>3415</v>
       </c>
       <c r="F962" t="s">
-        <v>305</v>
+        <v>2865</v>
       </c>
       <c r="G962" s="1" t="s">
-        <v>3414</v>
+        <v>18</v>
       </c>
       <c r="H962" t="s">
-        <v>3415</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
-        <v>3416</v>
+        <v>3417</v>
       </c>
       <c r="B963" t="s">
         <v>9</v>
       </c>
       <c r="C963" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D963" t="s">
-        <v>3417</v>
+        <v>3414</v>
       </c>
       <c r="E963" t="s">
-        <v>3418</v>
+        <v>3415</v>
       </c>
       <c r="F963" t="s">
-        <v>2865</v>
+        <v>256</v>
       </c>
       <c r="G963" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H963" t="s">
-        <v>3419</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
+        <v>3419</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>21</v>
+      </c>
+      <c r="D964" t="s">
+        <v>3414</v>
+      </c>
+      <c r="E964" t="s">
+        <v>3415</v>
+      </c>
+      <c r="F964" t="s">
         <v>3420</v>
       </c>
-      <c r="B964" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G964" s="1" t="s">
-        <v>18</v>
+        <v>3421</v>
       </c>
       <c r="H964" t="s">
-        <v>3421</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
-        <v>3422</v>
+        <v>3423</v>
       </c>
       <c r="B965" t="s">
         <v>9</v>
       </c>
       <c r="C965" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D965" t="s">
-        <v>3417</v>
+        <v>3424</v>
       </c>
       <c r="E965" t="s">
-        <v>3418</v>
+        <v>3425</v>
       </c>
       <c r="F965" t="s">
-        <v>3423</v>
+        <v>70</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>3424</v>
+        <v>3426</v>
       </c>
       <c r="H965" t="s">
-        <v>3425</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
-        <v>3426</v>
+        <v>3428</v>
       </c>
       <c r="B966" t="s">
         <v>9</v>
       </c>
       <c r="C966" t="s">
         <v>10</v>
       </c>
       <c r="D966" t="s">
-        <v>3427</v>
+        <v>3429</v>
       </c>
       <c r="E966" t="s">
-        <v>3428</v>
+        <v>3430</v>
       </c>
       <c r="F966" t="s">
-        <v>70</v>
+        <v>3431</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>3429</v>
+        <v>3432</v>
       </c>
       <c r="H966" t="s">
-        <v>3430</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
-        <v>3431</v>
+        <v>3434</v>
       </c>
       <c r="B967" t="s">
         <v>9</v>
       </c>
       <c r="C967" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D967" t="s">
-        <v>3432</v>
+        <v>3429</v>
       </c>
       <c r="E967" t="s">
-        <v>3433</v>
+        <v>3430</v>
       </c>
       <c r="F967" t="s">
-        <v>3434</v>
+        <v>3435</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>3435</v>
+        <v>3436</v>
       </c>
       <c r="H967" t="s">
-        <v>3436</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
-        <v>3437</v>
+        <v>3438</v>
       </c>
       <c r="B968" t="s">
         <v>9</v>
       </c>
       <c r="C968" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D968" t="s">
-        <v>3432</v>
+        <v>3429</v>
       </c>
       <c r="E968" t="s">
-        <v>3433</v>
+        <v>3430</v>
       </c>
       <c r="F968" t="s">
-        <v>3438</v>
+        <v>305</v>
       </c>
       <c r="G968" s="1" t="s">
         <v>3439</v>
       </c>
       <c r="H968" t="s">
         <v>3440</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
         <v>3441</v>
       </c>
       <c r="B969" t="s">
         <v>9</v>
       </c>
       <c r="C969" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D969" t="s">
-        <v>3432</v>
+        <v>3429</v>
       </c>
       <c r="E969" t="s">
-        <v>3433</v>
+        <v>3430</v>
       </c>
       <c r="F969" t="s">
-        <v>305</v>
+        <v>3442</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>3442</v>
+        <v>3443</v>
       </c>
       <c r="H969" t="s">
-        <v>3443</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
-        <v>3444</v>
+        <v>3445</v>
       </c>
       <c r="B970" t="s">
         <v>9</v>
       </c>
       <c r="C970" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D970" t="s">
-        <v>3432</v>
+        <v>3446</v>
       </c>
       <c r="E970" t="s">
-        <v>3433</v>
+        <v>3447</v>
       </c>
       <c r="F970" t="s">
-        <v>3445</v>
+        <v>25</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>3446</v>
+        <v>18</v>
       </c>
       <c r="H970" t="s">
-        <v>3447</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
-        <v>3448</v>
+        <v>3449</v>
       </c>
       <c r="B971" t="s">
         <v>9</v>
       </c>
       <c r="C971" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D971" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E971" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F971" t="s">
         <v>3450</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G971" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H971" t="s">
         <v>3451</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
         <v>3452</v>
       </c>
       <c r="B972" t="s">
         <v>9</v>
       </c>
       <c r="C972" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D972" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E972" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F972" t="s">
-        <v>3453</v>
+        <v>3154</v>
       </c>
       <c r="G972" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H972" t="s">
-        <v>3454</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
-        <v>3455</v>
+        <v>3454</v>
       </c>
       <c r="B973" t="s">
         <v>9</v>
       </c>
       <c r="C973" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D973" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E973" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F973" t="s">
-        <v>3154</v>
+        <v>2865</v>
       </c>
       <c r="G973" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H973" t="s">
-        <v>3456</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B974" t="s">
+        <v>9</v>
+      </c>
+      <c r="C974" t="s">
+        <v>28</v>
+      </c>
+      <c r="D974" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E974" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F974" t="s">
         <v>3457</v>
-      </c>
-[...13 lines deleted...]
-        <v>2865</v>
       </c>
       <c r="G974" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H974" t="s">
         <v>3458</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
         <v>3459</v>
       </c>
       <c r="B975" t="s">
         <v>9</v>
       </c>
       <c r="C975" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D975" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E975" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F975" t="s">
         <v>3460</v>
       </c>
       <c r="G975" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H975" t="s">
         <v>3461</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
         <v>3462</v>
       </c>
       <c r="B976" t="s">
         <v>9</v>
       </c>
       <c r="C976" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D976" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E976" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F976" t="s">
         <v>3450</v>
-      </c>
-[...1 lines deleted...]
-        <v>3463</v>
       </c>
       <c r="G976" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H976" t="s">
-        <v>3464</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B977" t="s">
+        <v>9</v>
+      </c>
+      <c r="C977" t="s">
+        <v>39</v>
+      </c>
+      <c r="D977" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E977" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F977" t="s">
         <v>3465</v>
-      </c>
-[...13 lines deleted...]
-        <v>3453</v>
       </c>
       <c r="G977" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H977" t="s">
         <v>3466</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
         <v>3467</v>
       </c>
       <c r="B978" t="s">
         <v>9</v>
       </c>
       <c r="C978" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D978" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E978" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F978" t="s">
-        <v>3468</v>
+        <v>3154</v>
       </c>
       <c r="G978" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H978" t="s">
-        <v>3469</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
+        <v>3469</v>
+      </c>
+      <c r="B979" t="s">
+        <v>9</v>
+      </c>
+      <c r="C979" t="s">
+        <v>46</v>
+      </c>
+      <c r="D979" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E979" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F979" t="s">
         <v>3470</v>
-      </c>
-[...13 lines deleted...]
-        <v>3154</v>
       </c>
       <c r="G979" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H979" t="s">
         <v>3471</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
         <v>3472</v>
       </c>
       <c r="B980" t="s">
         <v>9</v>
       </c>
       <c r="C980" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D980" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E980" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F980" t="s">
-        <v>3473</v>
+        <v>3470</v>
       </c>
       <c r="G980" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H980" t="s">
-        <v>3474</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B981" t="s">
+        <v>9</v>
+      </c>
+      <c r="C981" t="s">
+        <v>53</v>
+      </c>
+      <c r="D981" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E981" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F981" t="s">
         <v>3475</v>
       </c>
-      <c r="B981" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G981" s="1" t="s">
-        <v>18</v>
+        <v>3476</v>
       </c>
       <c r="H981" t="s">
-        <v>3476</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
-        <v>3477</v>
+        <v>3478</v>
       </c>
       <c r="B982" t="s">
         <v>9</v>
       </c>
       <c r="C982" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D982" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E982" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F982" t="s">
-        <v>3478</v>
+        <v>3457</v>
       </c>
       <c r="G982" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H982" t="s">
         <v>3479</v>
-      </c>
-[...1 lines deleted...]
-        <v>3480</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
-        <v>3481</v>
+        <v>3480</v>
       </c>
       <c r="B983" t="s">
         <v>9</v>
       </c>
       <c r="C983" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D983" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E983" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F983" t="s">
-        <v>3460</v>
+        <v>43</v>
       </c>
       <c r="G983" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H983" t="s">
-        <v>3482</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
-        <v>3483</v>
+        <v>3482</v>
       </c>
       <c r="B984" t="s">
         <v>9</v>
       </c>
       <c r="C984" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D984" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E984" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F984" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="G984" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H984" t="s">
-        <v>3484</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
-        <v>3485</v>
+        <v>3484</v>
       </c>
       <c r="B985" t="s">
         <v>9</v>
       </c>
       <c r="C985" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D985" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E985" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F985" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="G985" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H985" t="s">
-        <v>3486</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
-        <v>3487</v>
+        <v>3486</v>
       </c>
       <c r="B986" t="s">
         <v>9</v>
       </c>
       <c r="C986" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D986" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E986" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F986" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G986" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H986" t="s">
-        <v>3488</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
-        <v>3489</v>
+        <v>3488</v>
       </c>
       <c r="B987" t="s">
         <v>9</v>
       </c>
       <c r="C987" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D987" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E987" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F987" t="s">
         <v>29</v>
       </c>
       <c r="G987" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H987" t="s">
-        <v>3490</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>3491</v>
+        <v>3490</v>
       </c>
       <c r="B988" t="s">
         <v>9</v>
       </c>
       <c r="C988" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D988" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E988" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F988" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G988" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H988" t="s">
-        <v>3492</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>3493</v>
+        <v>3492</v>
       </c>
       <c r="B989" t="s">
         <v>9</v>
       </c>
       <c r="C989" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D989" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E989" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F989" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="G989" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H989" t="s">
-        <v>3494</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>3495</v>
+        <v>3494</v>
       </c>
       <c r="B990" t="s">
         <v>9</v>
       </c>
       <c r="C990" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D990" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E990" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F990" t="s">
-        <v>101</v>
+        <v>1395</v>
       </c>
       <c r="G990" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H990" t="s">
-        <v>3496</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>3497</v>
+        <v>3496</v>
       </c>
       <c r="B991" t="s">
         <v>9</v>
       </c>
       <c r="C991" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D991" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E991" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F991" t="s">
-        <v>1395</v>
+        <v>43</v>
       </c>
       <c r="G991" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H991" t="s">
-        <v>3498</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B992" t="s">
+        <v>9</v>
+      </c>
+      <c r="C992" t="s">
+        <v>93</v>
+      </c>
+      <c r="D992" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E992" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F992" t="s">
+        <v>29</v>
+      </c>
+      <c r="G992" s="1" t="s">
         <v>3499</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H992" t="s">
         <v>3500</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
         <v>3501</v>
       </c>
       <c r="B993" t="s">
         <v>9</v>
       </c>
       <c r="C993" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D993" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E993" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F993" t="s">
-        <v>29</v>
+        <v>3502</v>
       </c>
       <c r="G993" s="1" t="s">
-        <v>3502</v>
+        <v>3503</v>
       </c>
       <c r="H993" t="s">
-        <v>3503</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>3504</v>
+        <v>3505</v>
       </c>
       <c r="B994" t="s">
         <v>9</v>
       </c>
       <c r="C994" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D994" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E994" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F994" t="s">
-        <v>3505</v>
+        <v>29</v>
       </c>
       <c r="G994" s="1" t="s">
         <v>3506</v>
       </c>
       <c r="H994" t="s">
         <v>3507</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
         <v>3508</v>
       </c>
       <c r="B995" t="s">
         <v>9</v>
       </c>
       <c r="C995" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D995" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E995" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F995" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="G995" s="1" t="s">
         <v>3509</v>
       </c>
       <c r="H995" t="s">
         <v>3510</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
         <v>3511</v>
       </c>
       <c r="B996" t="s">
         <v>9</v>
       </c>
       <c r="C996" t="s">
-        <v>104</v>
+        <v>2920</v>
       </c>
       <c r="D996" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E996" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F996" t="s">
-        <v>256</v>
+        <v>3182</v>
       </c>
       <c r="G996" s="1" t="s">
         <v>3512</v>
       </c>
       <c r="H996" t="s">
         <v>3513</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
         <v>3514</v>
       </c>
       <c r="B997" t="s">
         <v>9</v>
       </c>
       <c r="C997" t="s">
-        <v>2920</v>
+        <v>2924</v>
       </c>
       <c r="D997" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E997" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F997" t="s">
-        <v>3182</v>
+        <v>3515</v>
       </c>
       <c r="G997" s="1" t="s">
-        <v>3515</v>
+        <v>18</v>
       </c>
       <c r="H997" t="s">
         <v>3516</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
         <v>3517</v>
       </c>
       <c r="B998" t="s">
         <v>9</v>
       </c>
       <c r="C998" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
       <c r="D998" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E998" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F998" t="s">
-        <v>3518</v>
+        <v>3457</v>
       </c>
       <c r="G998" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H998" t="s">
-        <v>3519</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
+        <v>3519</v>
+      </c>
+      <c r="B999" t="s">
+        <v>9</v>
+      </c>
+      <c r="C999" t="s">
+        <v>107</v>
+      </c>
+      <c r="D999" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E999" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F999" t="s">
         <v>3520</v>
-      </c>
-[...13 lines deleted...]
-        <v>3460</v>
       </c>
       <c r="G999" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H999" t="s">
         <v>3521</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
         <v>3522</v>
       </c>
       <c r="B1000" t="s">
         <v>9</v>
       </c>
       <c r="C1000" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D1000" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1000" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1000" t="s">
+        <v>29</v>
+      </c>
+      <c r="G1000" s="1" t="s">
         <v>3523</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H1000" t="s">
         <v>3524</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
         <v>3525</v>
       </c>
       <c r="B1001" t="s">
         <v>9</v>
       </c>
       <c r="C1001" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D1001" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1001" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1001" t="s">
-        <v>29</v>
+        <v>3526</v>
       </c>
       <c r="G1001" s="1" t="s">
-        <v>3526</v>
+        <v>3527</v>
       </c>
       <c r="H1001" t="s">
-        <v>3527</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
-        <v>3528</v>
+        <v>3529</v>
       </c>
       <c r="B1002" t="s">
         <v>9</v>
       </c>
       <c r="C1002" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D1002" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1002" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1002" t="s">
-        <v>3529</v>
+        <v>29</v>
       </c>
       <c r="G1002" s="1" t="s">
         <v>3530</v>
       </c>
       <c r="H1002" t="s">
         <v>3531</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
         <v>3532</v>
       </c>
       <c r="B1003" t="s">
         <v>9</v>
       </c>
       <c r="C1003" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D1003" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1003" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1003" t="s">
-        <v>29</v>
+        <v>3533</v>
       </c>
       <c r="G1003" s="1" t="s">
-        <v>3533</v>
+        <v>18</v>
       </c>
       <c r="H1003" t="s">
         <v>3534</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
         <v>3535</v>
       </c>
       <c r="B1004" t="s">
         <v>9</v>
       </c>
       <c r="C1004" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D1004" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1004" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1004" t="s">
         <v>3536</v>
       </c>
       <c r="G1004" s="1" t="s">
-        <v>18</v>
+        <v>3537</v>
       </c>
       <c r="H1004" t="s">
-        <v>3537</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
-        <v>3538</v>
+        <v>3539</v>
       </c>
       <c r="B1005" t="s">
         <v>9</v>
       </c>
       <c r="C1005" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D1005" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1005" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1005" t="s">
-        <v>3539</v>
+        <v>3536</v>
       </c>
       <c r="G1005" s="1" t="s">
         <v>3540</v>
       </c>
       <c r="H1005" t="s">
         <v>3541</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
         <v>3542</v>
       </c>
       <c r="B1006" t="s">
         <v>9</v>
       </c>
       <c r="C1006" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D1006" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1006" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1006" t="s">
-        <v>3539</v>
+        <v>3543</v>
       </c>
       <c r="G1006" s="1" t="s">
-        <v>3543</v>
+        <v>3544</v>
       </c>
       <c r="H1006" t="s">
-        <v>3544</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
-        <v>3545</v>
+        <v>3546</v>
       </c>
       <c r="B1007" t="s">
         <v>9</v>
       </c>
       <c r="C1007" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D1007" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1007" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1007" t="s">
-        <v>3546</v>
+        <v>74</v>
       </c>
       <c r="G1007" s="1" t="s">
         <v>3547</v>
       </c>
       <c r="H1007" t="s">
         <v>3548</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
         <v>3549</v>
       </c>
       <c r="B1008" t="s">
         <v>9</v>
       </c>
       <c r="C1008" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D1008" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1008" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1008" t="s">
-        <v>74</v>
+        <v>3550</v>
       </c>
       <c r="G1008" s="1" t="s">
-        <v>3550</v>
+        <v>3551</v>
       </c>
       <c r="H1008" t="s">
-        <v>3551</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
-        <v>3552</v>
+        <v>3553</v>
       </c>
       <c r="B1009" t="s">
         <v>9</v>
       </c>
       <c r="C1009" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D1009" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1009" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1009" t="s">
-        <v>3553</v>
+        <v>29</v>
       </c>
       <c r="G1009" s="1" t="s">
         <v>3554</v>
       </c>
       <c r="H1009" t="s">
         <v>3555</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
         <v>3556</v>
       </c>
       <c r="B1010" t="s">
         <v>9</v>
       </c>
       <c r="C1010" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D1010" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1010" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1010" t="s">
-        <v>29</v>
+        <v>3557</v>
       </c>
       <c r="G1010" s="1" t="s">
-        <v>3557</v>
+        <v>18</v>
       </c>
       <c r="H1010" t="s">
         <v>3558</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
         <v>3559</v>
       </c>
       <c r="B1011" t="s">
         <v>9</v>
       </c>
       <c r="C1011" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D1011" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1011" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1011" t="s">
         <v>3560</v>
       </c>
       <c r="G1011" s="1" t="s">
-        <v>18</v>
+        <v>3561</v>
       </c>
       <c r="H1011" t="s">
-        <v>3561</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
-        <v>3562</v>
+        <v>3563</v>
       </c>
       <c r="B1012" t="s">
         <v>9</v>
       </c>
       <c r="C1012" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D1012" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1012" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1012" t="s">
-        <v>3563</v>
+        <v>3564</v>
       </c>
       <c r="G1012" s="1" t="s">
-        <v>3564</v>
+        <v>18</v>
       </c>
       <c r="H1012" t="s">
         <v>3565</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
         <v>3566</v>
       </c>
       <c r="B1013" t="s">
         <v>9</v>
       </c>
       <c r="C1013" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D1013" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1013" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1013" t="s">
-        <v>3567</v>
+        <v>3564</v>
       </c>
       <c r="G1013" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1013" t="s">
-        <v>3568</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
+        <v>3568</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>154</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>60</v>
+      </c>
+      <c r="G1014" s="1" t="s">
         <v>3569</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H1014" t="s">
         <v>3570</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
         <v>3571</v>
       </c>
       <c r="B1015" t="s">
         <v>9</v>
       </c>
       <c r="C1015" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D1015" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1015" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1015" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
       <c r="G1015" s="1" t="s">
         <v>3572</v>
       </c>
       <c r="H1015" t="s">
         <v>3573</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
         <v>3574</v>
       </c>
       <c r="B1016" t="s">
         <v>9</v>
       </c>
       <c r="C1016" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D1016" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1016" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1016" t="s">
-        <v>148</v>
+        <v>29</v>
       </c>
       <c r="G1016" s="1" t="s">
         <v>3575</v>
       </c>
       <c r="H1016" t="s">
         <v>3576</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
         <v>3577</v>
       </c>
       <c r="B1017" t="s">
         <v>9</v>
       </c>
       <c r="C1017" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D1017" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1017" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1017" t="s">
         <v>29</v>
       </c>
       <c r="G1017" s="1" t="s">
         <v>3578</v>
       </c>
       <c r="H1017" t="s">
         <v>3579</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
         <v>3580</v>
       </c>
       <c r="B1018" t="s">
         <v>9</v>
       </c>
       <c r="C1018" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D1018" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1018" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1018" t="s">
-        <v>29</v>
+        <v>3581</v>
       </c>
       <c r="G1018" s="1" t="s">
-        <v>3581</v>
+        <v>3582</v>
       </c>
       <c r="H1018" t="s">
-        <v>3582</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
-        <v>3583</v>
+        <v>3584</v>
       </c>
       <c r="B1019" t="s">
         <v>9</v>
       </c>
       <c r="C1019" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D1019" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1019" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1019" t="s">
-        <v>3584</v>
+        <v>60</v>
       </c>
       <c r="G1019" s="1" t="s">
         <v>3585</v>
       </c>
       <c r="H1019" t="s">
         <v>3586</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
         <v>3587</v>
       </c>
       <c r="B1020" t="s">
         <v>9</v>
       </c>
       <c r="C1020" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D1020" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1020" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1020" t="s">
-        <v>60</v>
+        <v>3588</v>
       </c>
       <c r="G1020" s="1" t="s">
-        <v>3588</v>
+        <v>3589</v>
       </c>
       <c r="H1020" t="s">
-        <v>3589</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
-        <v>3590</v>
+        <v>3591</v>
       </c>
       <c r="B1021" t="s">
         <v>9</v>
       </c>
       <c r="C1021" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D1021" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1021" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1021" t="s">
-        <v>3591</v>
+        <v>2865</v>
       </c>
       <c r="G1021" s="1" t="s">
         <v>3592</v>
       </c>
       <c r="H1021" t="s">
         <v>3593</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
         <v>3594</v>
       </c>
       <c r="B1022" t="s">
         <v>9</v>
       </c>
       <c r="C1022" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D1022" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1022" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1022" t="s">
-        <v>2865</v>
+        <v>3595</v>
       </c>
       <c r="G1022" s="1" t="s">
-        <v>3595</v>
+        <v>3596</v>
       </c>
       <c r="H1022" t="s">
-        <v>3596</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="B1023" t="s">
         <v>9</v>
       </c>
       <c r="C1023" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D1023" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1023" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1023" t="s">
-        <v>3598</v>
+        <v>1395</v>
       </c>
       <c r="G1023" s="1" t="s">
         <v>3599</v>
       </c>
       <c r="H1023" t="s">
         <v>3600</v>
       </c>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024" t="s">
         <v>3601</v>
       </c>
       <c r="B1024" t="s">
         <v>9</v>
       </c>
       <c r="C1024" t="s">
-        <v>183</v>
+        <v>2999</v>
       </c>
       <c r="D1024" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1024" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1024" t="s">
-        <v>1395</v>
+        <v>3564</v>
       </c>
       <c r="G1024" s="1" t="s">
         <v>3602</v>
       </c>
       <c r="H1024" t="s">
         <v>3603</v>
       </c>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025" t="s">
         <v>3604</v>
       </c>
       <c r="B1025" t="s">
         <v>9</v>
       </c>
       <c r="C1025" t="s">
-        <v>2999</v>
+        <v>189</v>
       </c>
       <c r="D1025" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1025" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1025" t="s">
-        <v>3567</v>
+        <v>3564</v>
       </c>
       <c r="G1025" s="1" t="s">
         <v>3605</v>
       </c>
       <c r="H1025" t="s">
         <v>3606</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026" t="s">
         <v>3607</v>
       </c>
       <c r="B1026" t="s">
         <v>9</v>
       </c>
       <c r="C1026" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D1026" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1026" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1026" t="s">
-        <v>3567</v>
+        <v>1395</v>
       </c>
       <c r="G1026" s="1" t="s">
         <v>3608</v>
       </c>
       <c r="H1026" t="s">
         <v>3609</v>
       </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027" t="s">
         <v>3610</v>
       </c>
       <c r="B1027" t="s">
         <v>9</v>
       </c>
       <c r="C1027" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D1027" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1027" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1027" t="s">
-        <v>1395</v>
+        <v>3006</v>
       </c>
       <c r="G1027" s="1" t="s">
         <v>3611</v>
       </c>
       <c r="H1027" t="s">
         <v>3612</v>
       </c>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028" t="s">
         <v>3613</v>
       </c>
       <c r="B1028" t="s">
         <v>9</v>
       </c>
       <c r="C1028" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D1028" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1028" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1028" t="s">
-        <v>3006</v>
+        <v>3614</v>
       </c>
       <c r="G1028" s="1" t="s">
-        <v>3614</v>
+        <v>3615</v>
       </c>
       <c r="H1028" t="s">
-        <v>3615</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029" t="s">
-        <v>3616</v>
+        <v>3617</v>
       </c>
       <c r="B1029" t="s">
         <v>9</v>
       </c>
       <c r="C1029" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D1029" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1029" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1029" t="s">
-        <v>3617</v>
+        <v>3614</v>
       </c>
       <c r="G1029" s="1" t="s">
         <v>3618</v>
       </c>
       <c r="H1029" t="s">
         <v>3619</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
         <v>3620</v>
       </c>
       <c r="B1030" t="s">
         <v>9</v>
       </c>
       <c r="C1030" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D1030" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1030" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1030" t="s">
-        <v>3617</v>
+        <v>3564</v>
       </c>
       <c r="G1030" s="1" t="s">
         <v>3621</v>
       </c>
       <c r="H1030" t="s">
         <v>3622</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
         <v>3623</v>
       </c>
       <c r="B1031" t="s">
         <v>9</v>
       </c>
       <c r="C1031" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="D1031" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1031" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1031" t="s">
-        <v>3567</v>
+        <v>3624</v>
       </c>
       <c r="G1031" s="1" t="s">
-        <v>3624</v>
+        <v>3625</v>
       </c>
       <c r="H1031" t="s">
-        <v>3625</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
-        <v>3626</v>
+        <v>3627</v>
       </c>
       <c r="B1032" t="s">
         <v>9</v>
       </c>
       <c r="C1032" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D1032" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1032" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1032" t="s">
-        <v>3627</v>
+        <v>3628</v>
       </c>
       <c r="G1032" s="1" t="s">
-        <v>3628</v>
+        <v>3629</v>
       </c>
       <c r="H1032" t="s">
-        <v>3629</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033" t="s">
-        <v>3630</v>
+        <v>3631</v>
       </c>
       <c r="B1033" t="s">
         <v>9</v>
       </c>
       <c r="C1033" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D1033" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1033" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1033" t="s">
-        <v>3631</v>
+        <v>3632</v>
       </c>
       <c r="G1033" s="1" t="s">
-        <v>3632</v>
+        <v>3633</v>
       </c>
       <c r="H1033" t="s">
-        <v>3633</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034" t="s">
-        <v>3634</v>
+        <v>3635</v>
       </c>
       <c r="B1034" t="s">
         <v>9</v>
       </c>
       <c r="C1034" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D1034" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1034" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1034" t="s">
-        <v>3635</v>
+        <v>3636</v>
       </c>
       <c r="G1034" s="1" t="s">
-        <v>3636</v>
+        <v>18</v>
       </c>
       <c r="H1034" t="s">
         <v>3637</v>
       </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035" t="s">
         <v>3638</v>
       </c>
       <c r="B1035" t="s">
         <v>9</v>
       </c>
       <c r="C1035" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D1035" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1035" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1035" t="s">
-        <v>3639</v>
+        <v>3636</v>
       </c>
       <c r="G1035" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1035" t="s">
-        <v>3640</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>225</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>3446</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>3557</v>
+      </c>
+      <c r="G1036" s="1" t="s">
         <v>3641</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H1036" t="s">
         <v>3642</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
         <v>3643</v>
       </c>
       <c r="B1037" t="s">
         <v>9</v>
       </c>
       <c r="C1037" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D1037" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1037" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1037" t="s">
-        <v>3560</v>
+        <v>3644</v>
       </c>
       <c r="G1037" s="1" t="s">
-        <v>3644</v>
+        <v>3645</v>
       </c>
       <c r="H1037" t="s">
-        <v>3645</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
-        <v>3646</v>
+        <v>3647</v>
       </c>
       <c r="B1038" t="s">
         <v>9</v>
       </c>
       <c r="C1038" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D1038" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1038" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1038" t="s">
-        <v>3647</v>
+        <v>50</v>
       </c>
       <c r="G1038" s="1" t="s">
         <v>3648</v>
       </c>
       <c r="H1038" t="s">
         <v>3649</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
         <v>3650</v>
       </c>
       <c r="B1039" t="s">
         <v>9</v>
       </c>
       <c r="C1039" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D1039" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1039" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1039" t="s">
         <v>50</v>
       </c>
       <c r="G1039" s="1" t="s">
         <v>3651</v>
       </c>
       <c r="H1039" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
         <v>3653</v>
       </c>
       <c r="B1040" t="s">
         <v>9</v>
       </c>
       <c r="C1040" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D1040" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1040" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1040" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="G1040" s="1" t="s">
         <v>3654</v>
       </c>
       <c r="H1040" t="s">
         <v>3655</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
         <v>3656</v>
       </c>
       <c r="B1041" t="s">
         <v>9</v>
       </c>
       <c r="C1041" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D1041" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1041" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1041" t="s">
-        <v>70</v>
+        <v>3657</v>
       </c>
       <c r="G1041" s="1" t="s">
-        <v>3657</v>
+        <v>3658</v>
       </c>
       <c r="H1041" t="s">
-        <v>3658</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
-        <v>3659</v>
+        <v>3660</v>
       </c>
       <c r="B1042" t="s">
         <v>9</v>
       </c>
       <c r="C1042" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D1042" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1042" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1042" t="s">
-        <v>3660</v>
+        <v>3550</v>
       </c>
       <c r="G1042" s="1" t="s">
         <v>3661</v>
       </c>
       <c r="H1042" t="s">
         <v>3662</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
         <v>3663</v>
       </c>
       <c r="B1043" t="s">
         <v>9</v>
       </c>
       <c r="C1043" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D1043" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1043" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1043" t="s">
-        <v>3553</v>
+        <v>3664</v>
       </c>
       <c r="G1043" s="1" t="s">
-        <v>3664</v>
+        <v>3665</v>
       </c>
       <c r="H1043" t="s">
-        <v>3665</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
-        <v>3666</v>
+        <v>3667</v>
       </c>
       <c r="B1044" t="s">
         <v>9</v>
       </c>
       <c r="C1044" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D1044" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1044" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1044" t="s">
-        <v>3667</v>
+        <v>3502</v>
       </c>
       <c r="G1044" s="1" t="s">
         <v>3668</v>
       </c>
       <c r="H1044" t="s">
         <v>3669</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
         <v>3670</v>
       </c>
       <c r="B1045" t="s">
         <v>9</v>
       </c>
       <c r="C1045" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D1045" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1045" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1045" t="s">
-        <v>3505</v>
+        <v>3006</v>
       </c>
       <c r="G1045" s="1" t="s">
         <v>3671</v>
       </c>
       <c r="H1045" t="s">
         <v>3672</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
         <v>3673</v>
       </c>
       <c r="B1046" t="s">
         <v>9</v>
       </c>
       <c r="C1046" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D1046" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1046" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1046" t="s">
-        <v>3006</v>
+        <v>3674</v>
       </c>
       <c r="G1046" s="1" t="s">
-        <v>3674</v>
+        <v>3675</v>
       </c>
       <c r="H1046" t="s">
-        <v>3675</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
-        <v>3676</v>
+        <v>3677</v>
       </c>
       <c r="B1047" t="s">
         <v>9</v>
       </c>
       <c r="C1047" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D1047" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1047" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1047" t="s">
-        <v>3677</v>
+        <v>3678</v>
       </c>
       <c r="G1047" s="1" t="s">
-        <v>3678</v>
+        <v>3679</v>
       </c>
       <c r="H1047" t="s">
-        <v>3679</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
-        <v>3680</v>
+        <v>3681</v>
       </c>
       <c r="B1048" t="s">
         <v>9</v>
       </c>
       <c r="C1048" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D1048" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1048" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1048" t="s">
-        <v>3681</v>
+        <v>3678</v>
       </c>
       <c r="G1048" s="1" t="s">
         <v>3682</v>
       </c>
       <c r="H1048" t="s">
         <v>3683</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
         <v>3684</v>
       </c>
       <c r="B1049" t="s">
         <v>9</v>
       </c>
       <c r="C1049" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D1049" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1049" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1049" t="s">
-        <v>3681</v>
+        <v>3685</v>
       </c>
       <c r="G1049" s="1" t="s">
-        <v>3685</v>
+        <v>3686</v>
       </c>
       <c r="H1049" t="s">
-        <v>3686</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050" t="s">
-        <v>3687</v>
+        <v>3688</v>
       </c>
       <c r="B1050" t="s">
         <v>9</v>
       </c>
       <c r="C1050" t="s">
-        <v>265</v>
+        <v>289</v>
       </c>
       <c r="D1050" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1050" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="F1050" t="s">
-        <v>3688</v>
+        <v>3689</v>
       </c>
       <c r="G1050" s="1" t="s">
-        <v>3689</v>
+        <v>18</v>
       </c>
       <c r="H1050" t="s">
         <v>3690</v>
       </c>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051" t="s">
         <v>3691</v>
       </c>
       <c r="B1051" t="s">
         <v>9</v>
       </c>
       <c r="C1051" t="s">
         <v>10</v>
       </c>
       <c r="D1051" t="s">
         <v>3692</v>
       </c>
       <c r="E1051" t="s">
         <v>3693</v>
       </c>
       <c r="F1051" t="s">
         <v>148</v>
       </c>
       <c r="G1051" s="1" t="s">
@@ -40830,411 +40839,434 @@
       </c>
       <c r="D1087" t="s">
         <v>3757</v>
       </c>
       <c r="E1087" t="s">
         <v>3758</v>
       </c>
       <c r="F1087" t="s">
         <v>3759</v>
       </c>
       <c r="G1087" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1087" t="s">
         <v>3799</v>
       </c>
     </row>
     <row r="1088" spans="1:8">
       <c r="A1088" t="s">
         <v>3800</v>
       </c>
       <c r="B1088" t="s">
         <v>9</v>
       </c>
       <c r="C1088" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="D1088" t="s">
+        <v>3757</v>
+      </c>
+      <c r="E1088" t="s">
+        <v>3758</v>
+      </c>
+      <c r="G1088" s="1" t="s">
         <v>3801</v>
       </c>
-      <c r="E1088" t="s">
+      <c r="H1088" t="s">
         <v>3802</v>
-      </c>
-[...4 lines deleted...]
-        <v>3803</v>
       </c>
     </row>
     <row r="1089" spans="1:8">
       <c r="A1089" t="s">
+        <v>3803</v>
+      </c>
+      <c r="B1089" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1089" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1089" t="s">
         <v>3804</v>
       </c>
-      <c r="B1089" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1089" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1089" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1089" t="s">
-        <v>3805</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="1090" spans="1:8">
       <c r="A1090" t="s">
-        <v>3806</v>
+        <v>3807</v>
       </c>
       <c r="B1090" t="s">
         <v>9</v>
       </c>
       <c r="C1090" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D1090" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1090" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1090" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1090" t="s">
-        <v>3807</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="1091" spans="1:8">
       <c r="A1091" t="s">
-        <v>3808</v>
+        <v>3809</v>
       </c>
       <c r="B1091" t="s">
         <v>9</v>
       </c>
       <c r="C1091" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D1091" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1091" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1091" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1091" t="s">
-        <v>3809</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="1092" spans="1:8">
       <c r="A1092" t="s">
-        <v>3810</v>
+        <v>3811</v>
       </c>
       <c r="B1092" t="s">
         <v>9</v>
       </c>
       <c r="C1092" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D1092" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1092" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1092" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1092" t="s">
-        <v>3811</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1093" spans="1:8">
       <c r="A1093" t="s">
-        <v>3812</v>
+        <v>3813</v>
       </c>
       <c r="B1093" t="s">
         <v>9</v>
       </c>
       <c r="C1093" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D1093" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1093" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1093" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1093" t="s">
-        <v>3813</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="1094" spans="1:8">
       <c r="A1094" t="s">
-        <v>3814</v>
+        <v>3815</v>
       </c>
       <c r="B1094" t="s">
         <v>9</v>
       </c>
       <c r="C1094" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D1094" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1094" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1094" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1094" t="s">
-        <v>3815</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="1095" spans="1:8">
       <c r="A1095" t="s">
-        <v>3816</v>
+        <v>3817</v>
       </c>
       <c r="B1095" t="s">
         <v>9</v>
       </c>
       <c r="C1095" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1095" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1095" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1095" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1095" t="s">
-        <v>3817</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1096" spans="1:8">
       <c r="A1096" t="s">
-        <v>3818</v>
+        <v>3819</v>
       </c>
       <c r="B1096" t="s">
         <v>9</v>
       </c>
       <c r="C1096" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D1096" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1096" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1096" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1096" t="s">
-        <v>3819</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="1097" spans="1:8">
       <c r="A1097" t="s">
-        <v>3820</v>
+        <v>3821</v>
       </c>
       <c r="B1097" t="s">
         <v>9</v>
       </c>
       <c r="C1097" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D1097" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1097" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1097" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1097" t="s">
-        <v>3821</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="1098" spans="1:8">
       <c r="A1098" t="s">
-        <v>3822</v>
+        <v>3823</v>
       </c>
       <c r="B1098" t="s">
         <v>9</v>
       </c>
       <c r="C1098" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D1098" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1098" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1098" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1098" t="s">
-        <v>3823</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1099" spans="1:8">
       <c r="A1099" t="s">
-        <v>3824</v>
+        <v>3825</v>
       </c>
       <c r="B1099" t="s">
         <v>9</v>
       </c>
       <c r="C1099" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D1099" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1099" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1099" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1099" t="s">
-        <v>3825</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="1100" spans="1:8">
       <c r="A1100" t="s">
-        <v>3826</v>
+        <v>3827</v>
       </c>
       <c r="B1100" t="s">
         <v>9</v>
       </c>
       <c r="C1100" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D1100" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1100" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1100" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1100" t="s">
-        <v>3827</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1101" spans="1:8">
       <c r="A1101" t="s">
-        <v>3828</v>
+        <v>3829</v>
       </c>
       <c r="B1101" t="s">
         <v>9</v>
       </c>
       <c r="C1101" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D1101" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1101" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1101" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1101" t="s">
-        <v>3829</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="1102" spans="1:8">
       <c r="A1102" t="s">
-        <v>3830</v>
+        <v>3831</v>
       </c>
       <c r="B1102" t="s">
         <v>9</v>
       </c>
       <c r="C1102" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D1102" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="E1102" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="G1102" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1102" t="s">
-        <v>3831</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="1103" spans="1:8">
       <c r="A1103" t="s">
-        <v>3832</v>
+        <v>3833</v>
       </c>
       <c r="B1103" t="s">
         <v>9</v>
       </c>
       <c r="C1103" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D1103" t="s">
-        <v>3833</v>
+        <v>3804</v>
       </c>
       <c r="E1103" t="s">
-        <v>3834</v>
-[...2 lines deleted...]
-        <v>3117</v>
+        <v>3805</v>
       </c>
       <c r="G1103" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H1103" t="s">
+        <v>3834</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:8">
+      <c r="A1104" t="s">
         <v>3835</v>
+      </c>
+      <c r="B1104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1104" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1104" t="s">
+        <v>3836</v>
+      </c>
+      <c r="E1104" t="s">
+        <v>3837</v>
+      </c>
+      <c r="F1104" t="s">
+        <v>3117</v>
+      </c>
+      <c r="G1104" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H1104" t="s">
+        <v>3838</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -42297,50 +42329,51 @@
     <hyperlink ref="G1079" r:id="rId1078"/>
     <hyperlink ref="G1080" r:id="rId1079"/>
     <hyperlink ref="G1081" r:id="rId1080"/>
     <hyperlink ref="G1082" r:id="rId1081"/>
     <hyperlink ref="G1083" r:id="rId1082"/>
     <hyperlink ref="G1084" r:id="rId1083"/>
     <hyperlink ref="G1085" r:id="rId1084"/>
     <hyperlink ref="G1086" r:id="rId1085"/>
     <hyperlink ref="G1087" r:id="rId1086"/>
     <hyperlink ref="G1088" r:id="rId1087"/>
     <hyperlink ref="G1089" r:id="rId1088"/>
     <hyperlink ref="G1090" r:id="rId1089"/>
     <hyperlink ref="G1091" r:id="rId1090"/>
     <hyperlink ref="G1092" r:id="rId1091"/>
     <hyperlink ref="G1093" r:id="rId1092"/>
     <hyperlink ref="G1094" r:id="rId1093"/>
     <hyperlink ref="G1095" r:id="rId1094"/>
     <hyperlink ref="G1096" r:id="rId1095"/>
     <hyperlink ref="G1097" r:id="rId1096"/>
     <hyperlink ref="G1098" r:id="rId1097"/>
     <hyperlink ref="G1099" r:id="rId1098"/>
     <hyperlink ref="G1100" r:id="rId1099"/>
     <hyperlink ref="G1101" r:id="rId1100"/>
     <hyperlink ref="G1102" r:id="rId1101"/>
     <hyperlink ref="G1103" r:id="rId1102"/>
+    <hyperlink ref="G1104" r:id="rId1103"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>